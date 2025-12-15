--- v0 (2025-10-08)
+++ v1 (2025-12-15)
@@ -7,830 +7,601 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w14:paraId="0952404B" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33793046" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B3DBBA8" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>ŠIAULIŲ STASIO ŠALKAUSKIO GIMNAZIJA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A54E7C9" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>mokyklos pavadinimas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="464CD5FF" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CBA7886" w14:textId="6EF1A4BF" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">PROFESINIO ORIENTAVIMO </w:t>
       </w:r>
       <w:r w:rsidR="00A1138F">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>PASLAUG</w:t>
-[...6 lines deleted...]
-        <w:t>Ų</w:t>
+        <w:t>PASLAUGŲ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> PLANAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68AE5AD5" w14:textId="685F2205" w:rsidR="004F50A2" w:rsidRDefault="00846832">
+    <w:p w14:paraId="68AE5AD5" w14:textId="73C6C377" w:rsidR="004F50A2" w:rsidRDefault="00846832">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00206FAA">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00770B48">
+      <w:r w:rsidR="00AD132A" w:rsidRPr="00BA01BB">
         <w:rPr>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t>-20</w:t>
       </w:r>
       <w:r w:rsidR="00206FAA">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00770B48">
+      <w:r w:rsidR="00AD132A">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="004F50A2">
         <w:t xml:space="preserve"> m.m. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03DF9964" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="340C360B" w14:textId="77777777" w:rsidR="00CF7919" w:rsidRDefault="00CF7919">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53821DFC" w14:textId="77777777" w:rsidR="00CF7919" w:rsidRDefault="00CF7919">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41C52C28" w14:textId="77777777" w:rsidR="00CF7919" w:rsidRDefault="00CF7919">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="443BCBAE" w14:textId="77777777" w:rsidR="00CF7919" w:rsidRDefault="00CF7919">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4501A12F" w14:textId="77777777" w:rsidR="00CF7919" w:rsidRDefault="00CF7919">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A917325" w14:textId="68362E82" w:rsidR="003D6F02" w:rsidRPr="00126901" w:rsidRDefault="004F50A2" w:rsidP="003D6F02">
+    <w:p w14:paraId="6A917325" w14:textId="396DD2EB" w:rsidR="003D6F02" w:rsidRPr="0051564A" w:rsidRDefault="004F50A2" w:rsidP="003D6F02">
       <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007677AC">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Situacijos analizė.</w:t>
+        <w:t>Situacijos analizė</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0051564A">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051564A">
+        <w:t xml:space="preserve">PO paslaugoms koordinuoti ir atskiroms veikloms vykdyti </w:t>
+      </w:r>
+      <w:r w:rsidR="00220983" w:rsidRPr="0051564A">
+        <w:t xml:space="preserve">gimnazijoje </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051564A">
+        <w:t xml:space="preserve">yra skirta atskira patalpa. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A14417" w:rsidRPr="0051564A">
+        <w:t>Dirb</w:t>
+      </w:r>
+      <w:r w:rsidR="00770B48" w:rsidRPr="0051564A">
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="00F24B1B" w:rsidRPr="0051564A">
+        <w:t>dvi</w:t>
+      </w:r>
+      <w:r w:rsidR="00206FAA" w:rsidRPr="0051564A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...26 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00A14417" w:rsidRPr="0051564A">
         <w:t>karjeros specialistės</w:t>
       </w:r>
-      <w:r w:rsidR="00206FAA">
+      <w:r w:rsidR="00206FAA" w:rsidRPr="0051564A">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0051564A">
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="003E7475" w:rsidRPr="003E7475">
+      <w:r w:rsidR="003E7475" w:rsidRPr="0051564A">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00065D4A">
-[...3 lines deleted...]
-        <w:t>3</w:t>
+      <w:r w:rsidR="002B4AF1" w:rsidRPr="0051564A">
+        <w:t>4</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0051564A">
         <w:t>-20</w:t>
       </w:r>
-      <w:r w:rsidR="00563161">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00563161" w:rsidRPr="0051564A">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00065D4A">
-[...3 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="002B4AF1" w:rsidRPr="0051564A">
+        <w:t>5</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0051564A">
         <w:t xml:space="preserve"> m.m. </w:t>
       </w:r>
-      <w:r w:rsidR="00206FAA">
+      <w:r w:rsidR="00206FAA" w:rsidRPr="0051564A">
         <w:t xml:space="preserve">PO </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0051564A">
         <w:t xml:space="preserve">planas </w:t>
       </w:r>
-      <w:r w:rsidR="00206FAA">
+      <w:r w:rsidR="00206FAA" w:rsidRPr="0051564A">
         <w:t xml:space="preserve">buvo koreguotas, atsižvelgiant į </w:t>
       </w:r>
-      <w:r w:rsidR="00563161">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00563161" w:rsidRPr="0051564A">
         <w:t>mokinių poreikius</w:t>
       </w:r>
-      <w:r w:rsidR="00206FAA">
+      <w:r w:rsidR="00206FAA" w:rsidRPr="0051564A">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="003D6F02" w:rsidRPr="00284B7C">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="003D6F02" w:rsidRPr="0051564A">
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="003D6F02" w:rsidRPr="00062D0A">
+      <w:r w:rsidR="003D6F02" w:rsidRPr="0051564A">
         <w:rPr>
-          <w:color w:val="000000"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00B10A08">
+      <w:r w:rsidR="00BA01BB" w:rsidRPr="0051564A">
         <w:rPr>
-          <w:color w:val="000000"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="003D6F02" w:rsidRPr="00284B7C">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="003D6F02" w:rsidRPr="0051564A">
         <w:t>-20</w:t>
       </w:r>
-      <w:r w:rsidR="00B10A08">
+      <w:r w:rsidR="00B10A08" w:rsidRPr="0051564A">
         <w:rPr>
-          <w:color w:val="000000"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>24</w:t>
+        <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="003D6F02" w:rsidRPr="00284B7C">
+      <w:r w:rsidR="00BA01BB" w:rsidRPr="0051564A">
         <w:rPr>
-          <w:color w:val="000000"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="003D6F02" w:rsidRPr="0051564A">
+        <w:t xml:space="preserve"> m.m. metais individualiai konsultavosi </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA01BB" w:rsidRPr="0051564A">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>32 mok. (I-II kl.), 62 mok. (III-IV kl.), 7 mok. SUP</w:t>
+      </w:r>
+      <w:r w:rsidR="003D6F02" w:rsidRPr="0051564A">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="003D6F02" w:rsidRPr="0051564A">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>96,5% I-II kl., mokini</w:t>
+      </w:r>
+      <w:r w:rsidR="003D6F02" w:rsidRPr="0051564A">
+        <w:t xml:space="preserve">ų ir </w:t>
+      </w:r>
+      <w:r w:rsidR="003D6F02" w:rsidRPr="0051564A">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>96,1% III-IV kl., mokini</w:t>
+      </w:r>
+      <w:r w:rsidR="003D6F02" w:rsidRPr="0051564A">
+        <w:t xml:space="preserve">ų parengė karjeros planus. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7B3D" w:rsidRPr="0051564A">
+        <w:t>Per 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00604" w:rsidRPr="0051564A">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7B3D" w:rsidRPr="0051564A">
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00604" w:rsidRPr="0051564A">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7B3D" w:rsidRPr="0051564A">
         <w:t xml:space="preserve"> m.m. </w:t>
       </w:r>
-      <w:r w:rsidR="003D6F02" w:rsidRPr="003D6F02">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">metais individualiai konsultavosi </w:t>
+      <w:r w:rsidR="00A00604" w:rsidRPr="0051564A">
+        <w:t xml:space="preserve">418 </w:t>
       </w:r>
-      <w:r w:rsidR="003D6F02" w:rsidRPr="00062D0A">
-[...4 lines deleted...]
-        <w:t>1</w:t>
+      <w:r w:rsidR="00C514A8" w:rsidRPr="0051564A">
+        <w:t xml:space="preserve">mokinių dalyvavo </w:t>
       </w:r>
-      <w:r w:rsidR="00784D1D" w:rsidRPr="00062D0A">
-[...4 lines deleted...]
-        <w:t>35</w:t>
+      <w:r w:rsidR="00126901" w:rsidRPr="0051564A">
+        <w:t>pažin</w:t>
       </w:r>
-      <w:r w:rsidR="003D6F02" w:rsidRPr="00062D0A">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00C514A8" w:rsidRPr="0051564A">
+        <w:t>tiniuose</w:t>
+      </w:r>
+      <w:r w:rsidR="00126901" w:rsidRPr="0051564A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t>gimnazistai</w:t>
+      <w:r w:rsidR="009C7462" w:rsidRPr="0051564A">
+        <w:t>profesinio veiklinimo vizit</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidR="00C514A8" w:rsidRPr="0051564A">
+        <w:t>uose</w:t>
       </w:r>
-      <w:r w:rsidR="003D6F02" w:rsidRPr="00062D0A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">96,5% I-II kl., </w:t>
+      <w:r w:rsidR="00A00604" w:rsidRPr="0051564A">
+        <w:t xml:space="preserve"> 60</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...91 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="009C7462" w:rsidRPr="0051564A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009C7462">
-[...3 lines deleted...]
-        <w:t>profesinio veiklinimo vizit</w:t>
+      <w:r w:rsidR="00B74F22" w:rsidRPr="0051564A">
+        <w:t xml:space="preserve">mok. </w:t>
       </w:r>
-      <w:r w:rsidR="00C514A8">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00A00604" w:rsidRPr="0051564A">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7462" w:rsidRPr="0051564A">
+        <w:t xml:space="preserve"> patyrimini</w:t>
+      </w:r>
+      <w:r w:rsidR="00167089" w:rsidRPr="0051564A">
         <w:t>uose</w:t>
       </w:r>
-      <w:r w:rsidR="009C7462">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00B74F22" w:rsidRPr="0051564A">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00126901">
-[...3 lines deleted...]
-        <w:t>22</w:t>
+      <w:r w:rsidR="00A00604" w:rsidRPr="0051564A">
+        <w:t>21</w:t>
       </w:r>
-      <w:r w:rsidR="009C7462">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> proc., - patyrimini</w:t>
+      <w:r w:rsidR="009C7462" w:rsidRPr="0051564A">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00167089">
-[...3 lines deleted...]
-        <w:t>uose</w:t>
+      <w:r w:rsidR="00167089" w:rsidRPr="0051564A">
+        <w:t>mokin</w:t>
       </w:r>
-      <w:r w:rsidR="009C7462">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> ir</w:t>
+      <w:r w:rsidR="00A00604" w:rsidRPr="0051564A">
+        <w:t>ys</w:t>
       </w:r>
-      <w:r w:rsidR="00126901">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> 7</w:t>
+      <w:r w:rsidR="00167089" w:rsidRPr="0051564A">
+        <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r w:rsidR="009C7462">
-[...14 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="009C7462" w:rsidRPr="0051564A">
         <w:t>intensyvaus profesinio veiklinimo vizit</w:t>
       </w:r>
-      <w:r w:rsidR="00167089">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00167089" w:rsidRPr="0051564A">
         <w:t xml:space="preserve">uose. </w:t>
       </w:r>
+      <w:r w:rsidR="00B74F22" w:rsidRPr="0051564A">
+        <w:t xml:space="preserve">Pedagogo profesiją „matavosi“ 65 gimnazistai atlikdami mokymosi tarnaujant projektus. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="68FB41EF" w14:textId="43218913" w:rsidR="004F50A2" w:rsidRDefault="00220983">
+    <w:p w14:paraId="70BCC146" w14:textId="77777777" w:rsidR="005655E8" w:rsidRPr="0051564A" w:rsidRDefault="00220983">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="007609AE">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="0051564A">
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="004F50A2">
+      <w:r w:rsidR="004F50A2" w:rsidRPr="0051564A">
         <w:t>et</w:t>
       </w:r>
-      <w:r w:rsidR="00D70ED7">
+      <w:r w:rsidR="00D70ED7" w:rsidRPr="0051564A">
         <w:t xml:space="preserve">ali informacija apie įvykdytas </w:t>
       </w:r>
-      <w:r w:rsidR="004F50A2">
+      <w:r w:rsidR="004F50A2" w:rsidRPr="0051564A">
         <w:t>veiklas ir dalyvavusius mo</w:t>
       </w:r>
-      <w:r w:rsidR="00A14417">
+      <w:r w:rsidR="00A14417" w:rsidRPr="0051564A">
         <w:t xml:space="preserve">kinius, pateikiama </w:t>
       </w:r>
-      <w:r w:rsidR="00206FAA">
+      <w:r w:rsidR="00206FAA" w:rsidRPr="0051564A">
         <w:t>gimnazijos veiklų kalendoriuje</w:t>
       </w:r>
-      <w:r w:rsidR="00784D1D">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00784D1D" w:rsidRPr="0051564A">
         <w:t xml:space="preserve"> (matoma viešai, gimnazijos in</w:t>
       </w:r>
-      <w:r w:rsidR="00197CF5">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00197CF5" w:rsidRPr="0051564A">
         <w:t>terneto</w:t>
       </w:r>
-      <w:r w:rsidR="00784D1D">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00784D1D" w:rsidRPr="0051564A">
         <w:t xml:space="preserve"> puslapyje, </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00784D1D" w:rsidRPr="00215CB1">
+        <w:r w:rsidR="00784D1D" w:rsidRPr="0051564A">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:lang w:val="lt-LT"/>
+            <w:rStyle w:val="Hipersaitas"/>
+            <w:color w:val="auto"/>
           </w:rPr>
           <w:t>www.salkauskis.lt</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00784D1D">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00784D1D" w:rsidRPr="0051564A">
         <w:t xml:space="preserve">) bei </w:t>
       </w:r>
-      <w:r w:rsidR="00206FAA">
+      <w:r w:rsidR="00206FAA" w:rsidRPr="0051564A">
         <w:t xml:space="preserve"> miesto SKU kalendoriuje, </w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve">kiekvienas mokinys apie savo dalyvavimą veikloje, fiksuoja Asmenybės ūgties dienoraštyje (AŪD). Veiklos </w:t>
+      <w:r w:rsidRPr="0051564A">
+        <w:t>kiekvienas mokinys apie savo dalyvavimą veikloje, fiksuoja Asmenybės ūgties dienoraštyje (AŪD)</w:t>
       </w:r>
-      <w:r w:rsidR="00206FAA">
+      <w:r w:rsidR="00A00604" w:rsidRPr="0051564A">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051564A">
+        <w:t xml:space="preserve"> Veiklos </w:t>
+      </w:r>
+      <w:r w:rsidR="00206FAA" w:rsidRPr="0051564A">
         <w:t xml:space="preserve">viešinamos </w:t>
       </w:r>
-      <w:r w:rsidR="00784D1D">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00784D1D" w:rsidRPr="0051564A">
         <w:t xml:space="preserve">gimnazijos </w:t>
       </w:r>
-      <w:r w:rsidR="00206FAA">
+      <w:r w:rsidR="00206FAA" w:rsidRPr="0051564A">
         <w:t>faceboo</w:t>
       </w:r>
-      <w:r w:rsidR="00784D1D">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00784D1D" w:rsidRPr="0051564A">
         <w:t>k‘</w:t>
       </w:r>
-      <w:r w:rsidR="00206FAA">
-        <w:t>o paskyroje.</w:t>
+      <w:r w:rsidR="00206FAA" w:rsidRPr="0051564A">
+        <w:t>o paskyroje</w:t>
       </w:r>
-      <w:r w:rsidR="004F50A2">
+    </w:p>
+    <w:p w14:paraId="68FB41EF" w14:textId="754EF292" w:rsidR="004F50A2" w:rsidRPr="0051564A" w:rsidRDefault="00206FAA">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0051564A">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004F50A2" w:rsidRPr="0051564A">
         <w:t xml:space="preserve"> PO organizuojamas, atsižvelgiant į mokinių ir bendruomenės poreikius.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A1D5275" w14:textId="77777777" w:rsidR="007A4149" w:rsidRPr="003E7475" w:rsidRDefault="00D70ED7">
+    <w:p w14:paraId="0A1D5275" w14:textId="77777777" w:rsidR="007A4149" w:rsidRPr="0051564A" w:rsidRDefault="00D70ED7">
       <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0051564A">
         <w:t xml:space="preserve">Kiekvienas I-IV </w:t>
       </w:r>
-      <w:r w:rsidR="004F50A2">
+      <w:r w:rsidR="004F50A2" w:rsidRPr="0051564A">
         <w:t>klasės mokinys turi individualų AŪD (asmenybės ūgties dienoraštį), kuriame yra atskiros skiltys UK: karjeros lapas „Mano karjer</w:t>
       </w:r>
-      <w:r w:rsidR="00784D1D">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00784D1D" w:rsidRPr="0051564A">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="004F50A2">
+      <w:r w:rsidR="004F50A2" w:rsidRPr="0051564A">
         <w:t xml:space="preserve">“ ir skiltis skirta profesinio veiklinimo fiksavimui/refleksijai. Pildant šias dalis, mokiniui (pagal poreikį) teikiama individuali pagalba. </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0051564A">
         <w:t>Po veiklos</w:t>
       </w:r>
-      <w:r w:rsidR="00220983">
+      <w:r w:rsidR="00220983" w:rsidRPr="0051564A">
         <w:t xml:space="preserve"> mokinys fiksuoja</w:t>
       </w:r>
-      <w:r w:rsidR="00784D1D">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00784D1D" w:rsidRPr="0051564A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004F50A2">
+      <w:r w:rsidR="004F50A2" w:rsidRPr="0051564A">
         <w:t>apie profesinį</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0051564A">
         <w:t xml:space="preserve"> veiklinimą, kuriame dalyvavo</w:t>
       </w:r>
-      <w:r w:rsidR="00815D61">
+      <w:r w:rsidR="00815D61" w:rsidRPr="0051564A">
         <w:t>, o metų pabaigoje reflektuoja apie parengtą karjeros planą</w:t>
       </w:r>
-      <w:r w:rsidR="00784D1D">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00784D1D" w:rsidRPr="0051564A">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="003E7475">
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="003E7475" w:rsidRPr="0051564A">
+        <w:t xml:space="preserve"> Kitais mokslo metais mokiniai planus t</w:t>
       </w:r>
-      <w:r w:rsidR="003E7475" w:rsidRPr="003E7475">
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00A14417" w:rsidRPr="0051564A">
         <w:t>ę</w:t>
       </w:r>
-      <w:r w:rsidR="003E7475">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="003E7475" w:rsidRPr="0051564A">
         <w:t>sia, koreguoja.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21F103CF" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
+    <w:p w14:paraId="21F103CF" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRPr="0051564A" w:rsidRDefault="004F50A2">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0051564A">
         <w:t>Labai pasiteisino sukurta karjeros informatorių mokinių grupė facebook’o paskyroje, kurie gautą informaciją platina savo klasių facebook’o paskyroje. Tokiu būdu</w:t>
       </w:r>
-      <w:r w:rsidR="003E7475">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="003E7475" w:rsidRPr="0051564A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0051564A">
         <w:t xml:space="preserve">suformuojamos tikslinės grupės veikloms, nes mokiniai, matydami vyksiančias veiklas, pasirenka </w:t>
       </w:r>
-      <w:r w:rsidR="00815D61">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00815D61" w:rsidRPr="0051564A">
         <w:t xml:space="preserve">veiklą </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0051564A">
         <w:t>pagal savo poreikį</w:t>
       </w:r>
-      <w:r w:rsidR="003E7475">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="003E7475" w:rsidRPr="0051564A">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00815D61">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00815D61" w:rsidRPr="0051564A">
         <w:t xml:space="preserve">pvz., </w:t>
       </w:r>
-      <w:r w:rsidR="003E7475">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="003E7475" w:rsidRPr="0051564A">
         <w:t>profesinį</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0051564A">
         <w:t xml:space="preserve"> veiklinimą, </w:t>
       </w:r>
-      <w:r w:rsidR="00815D61">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00815D61" w:rsidRPr="0051564A">
         <w:t xml:space="preserve">ar </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0051564A">
         <w:t xml:space="preserve">veiklą, kurioje nori dalyvauti. </w:t>
       </w:r>
-      <w:r w:rsidR="00563161">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00563161" w:rsidRPr="0051564A">
         <w:t xml:space="preserve">Per tikslines veiklas </w:t>
       </w:r>
-      <w:r w:rsidR="00220983">
+      <w:r w:rsidR="00220983" w:rsidRPr="0051564A">
         <w:t>ugdomos karjeros kompetencijos: savęs pažinimo, galimybių pažinimo, karjeros planavimo ir karjeros įgyvendinimo kompetencijos</w:t>
       </w:r>
-      <w:r w:rsidR="00206FAA">
+      <w:r w:rsidR="00206FAA" w:rsidRPr="0051564A">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="362BE39B" w14:textId="553AA156" w:rsidR="003E7475" w:rsidRPr="003E7475" w:rsidRDefault="003E7475">
+    <w:p w14:paraId="362BE39B" w14:textId="553AA156" w:rsidR="003E7475" w:rsidRPr="0051564A" w:rsidRDefault="003E7475">
       <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Įgytas kompetencijas, praktiškai mokiniai išbando profesiniame </w:t>
+      <w:r w:rsidRPr="0051564A">
+        <w:t>Įgytas kompetencijas, praktiškai mokiniai išbando profesiniame veiklinime</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="005933F2" w:rsidRPr="0051564A">
         <w:t xml:space="preserve"> bei atlikdami mokymosi tarnaujant projektus</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="0051564A">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00CF2E35">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00CF2E35" w:rsidRPr="0051564A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00067B0B">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00067B0B" w:rsidRPr="0051564A">
         <w:t>Kasmet apie UK gimnazijoje, teikiama informacija UKSIS.</w:t>
       </w:r>
-      <w:r w:rsidR="00AC297C">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00AC297C" w:rsidRPr="0051564A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CC78F1E" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1ECA5BA0" w14:textId="77777777" w:rsidR="00D70ED7" w:rsidRDefault="00D70ED7">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5429C7EA" w14:textId="77777777" w:rsidR="00D70ED7" w:rsidRDefault="00D70ED7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61E73E16" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -941,246 +712,256 @@
     </w:p>
     <w:p w14:paraId="3E2E1ECF" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Padėti mokiniams ugdytis karjeros (savęs pažinimo, galimybių pažinimo, karjeros planavimo, karjeros įgyvendinimo) kompetencijas, būtinas sėkmingam mokymosi krypties, profesijos ir/ar darbinės veiklos pasirinkimui, perėjimui iš mokymo aplinkos į darbinę aplinką, tolesnei profesinei raidai ir mokymuisi visą gyvenimą. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A60C052" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRPr="007A4149" w:rsidRDefault="004F50A2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="007A4149">
         <w:t>Mokyti kelti karjeros tikslus, sudaryti ir nuolat atnaujinti karjeros planą, remiantis asmenine ateities vizija.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CBECA74" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
+    <w:p w14:paraId="3CBECA74" w14:textId="2B45A0AC" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="007A4149">
         <w:t>Tobulinti mokinių informavimą suteikiant daugiau žinių apie profesinį mokymą</w:t>
       </w:r>
       <w:r w:rsidR="007A4149" w:rsidRPr="007A4149">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E69949C" w14:textId="77777777" w:rsidR="00D00732" w:rsidRPr="007A4149" w:rsidRDefault="00D00732" w:rsidP="00D00732">
+    <w:p w14:paraId="2931A474" w14:textId="64D1669D" w:rsidR="00AD132A" w:rsidRPr="00837722" w:rsidRDefault="00AD132A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Skatinti dalyvavimą pedagogonių studijų pristatyme, renginiuose. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E69949C" w14:textId="77777777" w:rsidR="00D00732" w:rsidRPr="00837722" w:rsidRDefault="00D00732" w:rsidP="00D00732">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="15168" w:type="dxa"/>
         <w:tblInd w:w="113" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="5245"/>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004F50A2" w14:paraId="72BE72B4" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="004F50A2" w14:paraId="72BE72B4" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33772806" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Eil Nr. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D4731B0" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Veiklų sritys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F4A2007" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Veiklos/Priemonės</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49BB8662" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Dalyviai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A1F2F46" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="596569D1" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Partneriai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22996B84" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Laukiamas rezultatas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F50A2" w14:paraId="2B4437B1" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="004F50A2" w14:paraId="2B4437B1" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F4355BC" w14:textId="77777777" w:rsidR="00DA3625" w:rsidRDefault="00DA3625" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="253CC7D1" w14:textId="77777777" w:rsidR="00DA3625" w:rsidRDefault="00DA3625" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="27CA7172" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C6EF80F" w14:textId="77777777" w:rsidR="00DA3625" w:rsidRDefault="00DA3625" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
@@ -1326,51 +1107,50 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4476A241" w14:textId="77777777" w:rsidR="00DA3625" w:rsidRPr="00DA3625" w:rsidRDefault="00DA3625" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="163B6AC9" w14:textId="77777777" w:rsidR="00DA3625" w:rsidRDefault="00DA3625" w:rsidP="00DA3625"/>
           <w:p w14:paraId="007C6C54" w14:textId="77777777" w:rsidR="00DA3625" w:rsidRDefault="00DA3625" w:rsidP="00DA3625"/>
           <w:p w14:paraId="405474AF" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2" w:rsidP="00DA3625">
             <w:r>
               <w:t>Planavimas</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="030D30D3" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2" w:rsidP="00A14267">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2C16C607" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2" w:rsidP="00A14267">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="00B7B6F1" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2" w:rsidP="00A14267">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="22F1EF1B" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2" w:rsidP="00A14267">
@@ -1474,155 +1254,149 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="198084BF" w14:textId="77777777" w:rsidR="00DA3625" w:rsidRDefault="00DA3625" w:rsidP="00A14267">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="72715CD0" w14:textId="77777777" w:rsidR="00DA3625" w:rsidRDefault="00DA3625" w:rsidP="00DA3625">
             <w:r>
               <w:t>Planavimas</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="02029812" w14:textId="77777777" w:rsidR="00DA3625" w:rsidRDefault="00DA3625" w:rsidP="00A14267">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38908B6F" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>(Tyrimų, apklausų duomenų  analizavimas ir panaudojimas planuojant veiklą; priemonių derinimas su SKU veiklomis/planu, kitais mokykl</w:t>
             </w:r>
             <w:r w:rsidR="00220983">
               <w:t>os</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> veiklos planais)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1C41F134" w14:textId="58849C62" w:rsidR="004F50A2" w:rsidRPr="00BE4BE4" w:rsidRDefault="004F50A2">
+          </w:tcPr>
+          <w:p w14:paraId="1C41F134" w14:textId="20E3A87B" w:rsidR="004F50A2" w:rsidRPr="00BE4BE4" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE4BE4">
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">PO priemonės numatytos strateginiame metų plane, ugdymo, klasės vadovų planuose, ilgalaikiuose mokomųjų dalykų </w:t>
             </w:r>
             <w:r w:rsidR="003C61A5">
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
-                <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">teminiuose </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE4BE4">
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">planuose; parengtas STEAM programų įgyvendinimo planas, integruojant ugdymą karjerai. Rengiamas </w:t>
             </w:r>
             <w:r w:rsidR="00BE4BE4" w:rsidRPr="00BE4BE4">
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
-                <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>karjeros specialisto</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE4BE4">
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006A24DF">
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>profesinio orientavimo paslaugų</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE4BE4">
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> planas (vykdant veiklas planas pildomas/koreguojamas). Suplanuotos</w:t>
             </w:r>
             <w:r w:rsidR="00B81C07">
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
-                <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">, įgyvendintos </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE4BE4">
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">veiklos skelbiamos gimnazijos svetainėje, skiltyje „Veiklos kalendorius“ </w:t>
             </w:r>
             <w:r w:rsidR="007F106E">
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
-                <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>ir</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE4BE4">
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">  miesto SKU kalendoriuje. Mokinių </w:t>
             </w:r>
             <w:r w:rsidR="00A61525" w:rsidRPr="00BE4BE4">
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>individualaus konsultavimo darbo laikas</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE4BE4">
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> skelbiamas gimnazijos internetinėje svetainėje</w:t>
             </w:r>
             <w:r w:rsidR="00A61525" w:rsidRPr="00BE4BE4">
@@ -1650,831 +1424,749 @@
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> Organizuojant profesinį veiklinimą bendradarbiaujama su Šiaulių miesto mokinių Socialinių kompetencijų ugdymo sistemos socialinių partnerių tinklo nariais. Įvykdę veiklas mokiniai </w:t>
             </w:r>
             <w:r w:rsidR="00A61525" w:rsidRPr="00BE4BE4">
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>fiksuoja savo asmenybės ūgties dienoraščiuose (AŪD),</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE4BE4">
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve"> reflek</w:t>
             </w:r>
             <w:r w:rsidR="00A61525" w:rsidRPr="00BE4BE4">
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve">tuoja. </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BE4BE4">
+              <w:t>tuoja</w:t>
+            </w:r>
+            <w:r w:rsidR="00837722">
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kasmet renkama informacija apie stojimus/pasirinkimus praėjusių metų abiturientų. </w:t>
-[...4 lines deleted...]
-              <w:snapToGrid w:val="0"/>
+              <w:t>, fiksuojama ir TAMO SKU</w:t>
+            </w:r>
+            <w:r w:rsidR="00A61525" w:rsidRPr="00BE4BE4">
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
-                <w:lang w:val="lt-LT"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
             <w:r w:rsidRPr="00BE4BE4">
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vykdomos apklausos poreikiams išsiaiškinti, bei apklausos apie dominančias profesijas tikslingam profesiniam veiklinimui organizuoti. </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BE4BE4" w:rsidRPr="00BE4BE4">
+              <w:t xml:space="preserve">Kasmet renkama informacija apie stojimus/pasirinkimus praėjusių metų abiturientų. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28CF1422" w14:textId="77777777" w:rsidR="00A61525" w:rsidRPr="00C77D4C" w:rsidRDefault="00A61525">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
-                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4BE4">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vykdomos apklausos poreikiams išsiaiškinti, bei apklausos apie dominančias profesijas tikslingam profesiniam veiklinimui organizuoti. </w:t>
+            </w:r>
+            <w:r w:rsidR="00BE4BE4" w:rsidRPr="00BE4BE4">
+              <w:rPr>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
               </w:rPr>
               <w:t xml:space="preserve">Apie karjeros centro veiklą, informuojama TAMO žinutėmis. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002940E1" w14:paraId="275B681B" w14:textId="77777777" w:rsidTr="007609AE">
+      <w:tr w:rsidR="002940E1" w14:paraId="275B681B" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="731944E2" w14:textId="77777777" w:rsidR="002940E1" w:rsidRDefault="002940E1">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B748C29" w14:textId="77777777" w:rsidR="002940E1" w:rsidRDefault="002940E1">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3131D6B0" w14:textId="77777777" w:rsidR="00DA3625" w:rsidRDefault="00B81C07">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DA3625">
-              <w:t>(Tyrimų, apklausų duomenų  analizavimas ir panaudojimas planuojant veiklą; priemonių derinimas su SKU veiklomis/planu, kitais mokyklos veiklos planais)</w:t>
+              <w:t xml:space="preserve">(Tyrimų, apklausų duomenų  analizavimas ir panaudojimas planuojant veiklą; priemonių </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA3625">
+              <w:lastRenderedPageBreak/>
+              <w:t>derinimas su SKU veiklomis/planu, kitais mokyklos veiklos planais)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6005F6F3" w14:textId="3458E9CB" w:rsidR="002940E1" w:rsidRDefault="002940E1">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Rugsėjo mėn.: </w:t>
             </w:r>
             <w:r w:rsidR="007F106E">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r>
               <w:t>Pareng</w:t>
             </w:r>
             <w:r w:rsidR="00EA070A">
               <w:t>iamas</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007F106E">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>UK veiklos</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> planas</w:t>
             </w:r>
             <w:r w:rsidR="002004D1">
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="007F106E">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002004D1">
               <w:t>Siunčiami pranešimai per TAMO tėvams/globėjams, mokiniams, klasių vadovams, mokytojams apie karjeros centro veiklas, darbo laiką.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5FDFC063" w14:textId="77777777" w:rsidR="007F106E" w:rsidRDefault="007F106E">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00EA070A">
               <w:t>. Atnaujinama mokinių karjeros informatorių grupė facebook,o paskyroje.</w:t>
             </w:r>
             <w:r w:rsidR="002004D1">
-              <w:t xml:space="preserve"> Grupės narių pagalba, platinama informacija apie vykstančias UK, PO </w:t>
-[...3 lines deleted...]
-              <w:t>veiklas. Veiklos fiksuojamos gimnazijos veiklos kalendoriuje (viešas), miesto SKU kalendoriuje. Viešinamos facebook,o pask</w:t>
+              <w:t xml:space="preserve"> Grupės narių pagalba, platinama informacija apie vykstančias UK, PO veiklas. Veiklos fiksuojamos gimnazijos veiklos kalendoriuje (viešas), miesto SKU kalendoriuje. Viešinamos facebook,o pask</w:t>
             </w:r>
             <w:r w:rsidR="00191A6C">
               <w:t>y</w:t>
             </w:r>
             <w:r w:rsidR="002004D1">
               <w:t>roje</w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="002004D1">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="25E47653" w14:textId="77777777" w:rsidR="00EA070A" w:rsidRDefault="007F106E">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
             <w:r w:rsidR="00EA070A" w:rsidRPr="002004D1">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Surenkami duomenys apie abituri</w:t>
             </w:r>
             <w:r w:rsidR="002004D1">
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidR="00EA070A" w:rsidRPr="002004D1">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>nt</w:t>
             </w:r>
             <w:r w:rsidR="00EA070A">
               <w:t>ų įstojimus ir kitus pasirinkimus.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="489C1842" w14:textId="77777777" w:rsidR="00EA070A" w:rsidRPr="00EA070A" w:rsidRDefault="00EA070A">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A61525" w14:paraId="3438EFDD" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A61525" w14:paraId="3438EFDD" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78B59C43" w14:textId="77777777" w:rsidR="00A61525" w:rsidRDefault="00A61525">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A38A8FA" w14:textId="77777777" w:rsidR="00A61525" w:rsidRDefault="00A61525">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1AB77B94" w14:textId="77777777" w:rsidR="00A61525" w:rsidRDefault="002940E1">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Veiklos/Priemonės</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C0CA0CE" w14:textId="77777777" w:rsidR="00A61525" w:rsidRDefault="002940E1">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Dalyviai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B81AF9D" w14:textId="77777777" w:rsidR="00A61525" w:rsidRDefault="002940E1">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Datos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="193AFD65" w14:textId="77777777" w:rsidR="00A61525" w:rsidRDefault="002940E1">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Partneriai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0717B9A0" w14:textId="77777777" w:rsidR="00A61525" w:rsidRDefault="002940E1">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Laukiamas rezultatas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A61525" w14:paraId="0AC8197F" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A61525" w14:paraId="0AC8197F" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0756C8BB" w14:textId="77777777" w:rsidR="00A61525" w:rsidRDefault="00A61525">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="275F6070" w14:textId="77777777" w:rsidR="00A61525" w:rsidRDefault="00A61525">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11036C80" w14:textId="77777777" w:rsidR="00A61525" w:rsidRDefault="00A61525">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Apklausa antrų klasių mokinių apie dominančias profesijas „Kokia profesija (-os) mane domina?“.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B662CBC" w14:textId="77777777" w:rsidR="00A61525" w:rsidRDefault="00A61525">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>II kl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29CF1804" w14:textId="77777777" w:rsidR="00A61525" w:rsidRDefault="00954486">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Lapkričio</w:t>
             </w:r>
             <w:r w:rsidR="00A61525">
               <w:t xml:space="preserve"> mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08D924A1" w14:textId="77777777" w:rsidR="00A61525" w:rsidRDefault="00A61525">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D5ED96E" w14:textId="77777777" w:rsidR="00A61525" w:rsidRDefault="00A61525">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">II kl., mokiniai įvardins dominančias profesijas. Atsižvelgiant į tai, planuojamas, organizuojamas </w:t>
             </w:r>
             <w:r w:rsidR="006359A8">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>ugdymo karjerai</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007F106E">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>veiklos</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F50A2" w14:paraId="1AAC4DFF" w14:textId="77777777" w:rsidTr="00D00732">
+      <w:tr w:rsidR="004F50A2" w14:paraId="1AAC4DFF" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:trPr>
           <w:trHeight w:val="1793"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3986CA05" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0300F417" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="56A0DAC4" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Apklausa per el. dienyną Tamo II-IV kl. mokinių dėl galimybės tėvų darbovietėse organizuoti profesinį veiklinimą. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73F564D3" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Mokinių tėvai</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2829D868" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="685FDAE1" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="405CE66B" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="47007A4D" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7860B73B" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-              </w:rPr>
+          </w:tcPr>
+          <w:p w14:paraId="31625BC7" w14:textId="22BEF4BB" w:rsidR="007F106E" w:rsidRPr="007F106E" w:rsidRDefault="007F106E" w:rsidP="00846832">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="002D0D57">
+            <w:r w:rsidR="00562764">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="006359A8">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00562764">
+              <w:t>lapkr</w:t>
+            </w:r>
+            <w:r>
               <w:t>. mėn.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2567B930" w14:textId="76868611" w:rsidR="004F50A2" w:rsidRPr="007F106E" w:rsidRDefault="00846832" w:rsidP="00846832">
-[...4 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="2567B930" w14:textId="54D95B03" w:rsidR="004F50A2" w:rsidRPr="007F106E" w:rsidRDefault="00846832" w:rsidP="00846832">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00954486">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="002D0D57">
+            <w:r w:rsidR="00562764">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="006359A8">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007F106E">
-              <w:rPr>
-[...16 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>vasario mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="17381C64" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5EA5D369" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Bent </w:t>
             </w:r>
             <w:r w:rsidR="002940E1" w:rsidRPr="00062D0A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> tėvų įmonėse, įstaigose, organizacijose vyks profesinis veiklinimas/ bendri projektai.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F50A2" w14:paraId="708B9C90" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="004F50A2" w14:paraId="708B9C90" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F38E3DC" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2" w:rsidP="00D00732">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="248A5FEA" w14:textId="77777777" w:rsidR="00D00732" w:rsidRDefault="00D00732" w:rsidP="00D00732">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6B8E6A8C" w14:textId="77777777" w:rsidR="00D00732" w:rsidRDefault="00D00732" w:rsidP="00D00732">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="519A7532" w14:textId="77777777" w:rsidR="00D00732" w:rsidRDefault="00D00732" w:rsidP="00D00732">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
@@ -2488,99 +2180,97 @@
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="19C947A0" w14:textId="77777777" w:rsidR="00D00732" w:rsidRPr="00062D0A" w:rsidRDefault="00D00732" w:rsidP="00D00732">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="3"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59CD8304" w14:textId="77777777" w:rsidR="009E0281" w:rsidRDefault="009E0281" w:rsidP="00A14267">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3C280BA4" w14:textId="77777777" w:rsidR="009E0281" w:rsidRDefault="009E0281" w:rsidP="00A14267">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="67536E97" w14:textId="77777777" w:rsidR="009E0281" w:rsidRDefault="009E0281" w:rsidP="00A14267">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="06C672CC" w14:textId="77777777" w:rsidR="00D00732" w:rsidRDefault="00D00732" w:rsidP="00A14267">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="062EAAB8" w14:textId="77777777" w:rsidR="00D00732" w:rsidRDefault="00D00732" w:rsidP="00A14267">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="47580792" w14:textId="77777777" w:rsidR="00D00732" w:rsidRDefault="00D00732" w:rsidP="00A14267">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="172744C2" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="0061445B" w:rsidP="00A14267">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Planavimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58857C59" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRPr="007677AC" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Parengiamos </w:t>
             </w:r>
             <w:r w:rsidR="00EA070A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -2759,256 +2449,244 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>apklausos</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> apie specialybę</w:t>
             </w:r>
             <w:r w:rsidR="00846832">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>, pildytas AŪD „Karjeros planas“</w:t>
-[...11 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">, pildytas AŪD </w:t>
+            </w:r>
+            <w:r w:rsidR="00846832">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>koreguojama</w:t>
+              <w:t>„Karjeros planas“</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> praėjusiais mokslo metais/ koreguojama</w:t>
             </w:r>
             <w:r w:rsidR="00831937">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>, vyksta individualios konsultacijos dėl dominančių profesijų</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05F8F6B6" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>I-II kl.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B1D68E7" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:r>
               <w:t>III-IV kl.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="724E3603" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="3D7B17F6" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="36531069" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="2BA95008" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="19700C1D" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="7A8D79C4" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="20854E1D" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="35127664" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="2054BB96" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="6DAD3A7D" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>II-IV kl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="29A9B4D0" w14:textId="6386723E" w:rsidR="004F50A2" w:rsidRDefault="00846832">
+            <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00954486" w:rsidRPr="00062D0A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00E9635C">
+            <w:r w:rsidR="00562764">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="006359A8" w:rsidRPr="00062D0A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BE4BE4">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>spalio</w:t>
             </w:r>
             <w:r w:rsidR="004F50A2">
               <w:t xml:space="preserve"> mėn.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E8A5C83" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:r>
               <w:t>ir mokslo metų eigoje pagal poreikį.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D0BFC55" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="5FDC348D" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="1DD8DFBD" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="240C1953" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="7F343973" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="118CE8BE" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
-          <w:p w14:paraId="65C96D27" w14:textId="20073718" w:rsidR="004F50A2" w:rsidRDefault="00846832" w:rsidP="00846832">
-            <w:r>
+          <w:p w14:paraId="65C96D27" w14:textId="355EBC19" w:rsidR="004F50A2" w:rsidRDefault="00846832" w:rsidP="00846832">
+            <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00954486">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00143B63">
+            <w:r w:rsidR="00562764">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="004F50A2">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>spalio-</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00954486">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>gruod</w:t>
             </w:r>
             <w:r w:rsidR="00954486">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>žio</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="004F50A2">
               <w:t xml:space="preserve"> mė</w:t>
             </w:r>
             <w:r w:rsidR="00954486">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B6D70D8" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="308EFC17" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRPr="007677AC" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">97 % mokinių užpildys anketas. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7869CE4D" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRPr="007677AC" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
@@ -3045,208 +2723,146 @@
               <w:t>sisteminami, apibendrinami,</w:t>
             </w:r>
             <w:r w:rsidR="00785AD9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>panaudojami organizuojant PO, UK veiklas tikslinėms grupėms bei mokinius konsultuojant.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F50A2" w14:paraId="26380047" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="004F50A2" w14:paraId="26380047" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="370229D0" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:r>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="690AE0CF" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:r>
               <w:t xml:space="preserve">Kvalifikacijos kėlimas </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="615F53A4" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:r>
               <w:t>(Mokymai karjeros specialistui/profesinio orientavimo (toliau – PO) koordinatoriui; seminarai mokytojams, kitiems specialistams, dalyvaujan</w:t>
             </w:r>
             <w:r w:rsidR="00DB695F">
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:t>tiems karjeros ugdymo veiklose)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2118B0BE" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:r>
               <w:t>„LamaBpo sistemos naudojimo mokymai profesinio orientavimo specialistams“.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B412DA8" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="1E816E8F" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="667B2655" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="1D7A8889" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="00D4BAB4" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="7C0B3114" w14:textId="77777777" w:rsidR="00191A6C" w:rsidRDefault="00191A6C"/>
           <w:p w14:paraId="5466B41E" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2" w:rsidP="00954486"/>
           <w:p w14:paraId="0318BED7" w14:textId="77777777" w:rsidR="00954486" w:rsidRDefault="00954486" w:rsidP="00954486"/>
           <w:p w14:paraId="675DECB5" w14:textId="77777777" w:rsidR="00954486" w:rsidRDefault="00954486" w:rsidP="00954486"/>
-          <w:p w14:paraId="194EDB36" w14:textId="77777777" w:rsidR="00954486" w:rsidRDefault="00BE4BE4" w:rsidP="00954486">
-[...39 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="194EDB36" w14:textId="27858EC9" w:rsidR="00954486" w:rsidRDefault="00954486" w:rsidP="00954486"/>
+          <w:p w14:paraId="013C6FFA" w14:textId="77777777" w:rsidR="00BE4BE4" w:rsidRDefault="00BE4BE4" w:rsidP="00954486"/>
+          <w:p w14:paraId="06A076A2" w14:textId="77777777" w:rsidR="00BE4BE4" w:rsidRDefault="00BE4BE4" w:rsidP="00954486"/>
+          <w:p w14:paraId="54F3C9CB" w14:textId="77777777" w:rsidR="00BE4BE4" w:rsidRDefault="00BE4BE4" w:rsidP="00954486"/>
+          <w:p w14:paraId="279144C8" w14:textId="77777777" w:rsidR="00BE4BE4" w:rsidRDefault="00BE4BE4" w:rsidP="00954486"/>
           <w:p w14:paraId="0B08683A" w14:textId="530759AB" w:rsidR="00BE4BE4" w:rsidRPr="00BE4BE4" w:rsidRDefault="00BE4BE4" w:rsidP="00954486">
-            <w:pPr>
-[...8 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>L</w:t>
             </w:r>
             <w:r w:rsidR="00143B63">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>INEŠA</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...3 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t xml:space="preserve"> mokymai karjeros specialistams.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C933C0E" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRPr="005E780D" w:rsidRDefault="005E780D">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:t>Karjeros specialistė</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1773CDC3" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="50A9822A" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="11F3544F" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3EF62661" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="042B1C40" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
@@ -3255,61 +2871,60 @@
           </w:p>
           <w:p w14:paraId="04E781E5" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="406EDBF9" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="77F9B89E" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="422C8B72" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="00846832">
+          </w:tcPr>
+          <w:p w14:paraId="422C8B72" w14:textId="6C74F4CD" w:rsidR="004F50A2" w:rsidRDefault="00846832">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="005D3F39" w:rsidRPr="00062D0A">
-              <w:t>4</w:t>
+            <w:r w:rsidR="00562764">
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="004F50A2">
               <w:t xml:space="preserve"> balandžio mėn.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="41EE6C9B" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="72C94821" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2EE10151" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="08FC467D" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
@@ -3336,411 +2951,326 @@
           <w:p w14:paraId="760876A8" w14:textId="77777777" w:rsidR="00954486" w:rsidRPr="00062D0A" w:rsidRDefault="00954486">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3DBCF01C" w14:textId="72A9C111" w:rsidR="004F50A2" w:rsidRPr="00062D0A" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="14543D5D" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7EC2CE6E" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="12765444" w14:textId="77777777" w:rsidR="00BE4BE4" w:rsidRDefault="00BE4BE4">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="608B6362" w14:textId="01EF10E8" w:rsidR="00BE4BE4" w:rsidRPr="00BE4BE4" w:rsidRDefault="00BE4BE4">
-[...9 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="608B6362" w14:textId="469C53E9" w:rsidR="00BE4BE4" w:rsidRPr="00BE4BE4" w:rsidRDefault="00BE4BE4">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00232C6D">
+            <w:r w:rsidR="00562764">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="005D3F39">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="00232C6D">
-[...8 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00562764">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
               <w:t xml:space="preserve"> m.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E7086A8" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:r>
               <w:t xml:space="preserve">Lama bpo </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1DEAD5FE" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="55202785" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="4D9906A3" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="02A07595" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="60CB8ADA" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="7B9AB01A" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="7862BD4B" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="7F04DD01" w14:textId="77777777" w:rsidR="00954486" w:rsidRDefault="00954486">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="789F6BD1" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="16F825E4" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="48D26422" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A58510E" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Per mokslo metus sudalyvauti bent 2 UK seminaruose, mokymuose. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="392A64B9" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRPr="00954486" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Tobulinamos UK kompetencijos.</w:t>
             </w:r>
             <w:r w:rsidR="00954486" w:rsidRPr="00062D0A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> Ataskaitos teikiamos </w:t>
             </w:r>
             <w:r w:rsidR="00954486">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>švietimo skyriui.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A66D07F" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="45594FF5" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0E5D5036" w14:textId="77777777" w:rsidR="00954486" w:rsidRDefault="00954486" w:rsidP="00191A6C">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2CDAD1CE" w14:textId="77777777" w:rsidR="00191A6C" w:rsidRDefault="00191A6C" w:rsidP="00191A6C">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Tobulinamos UK kompetencijos.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62F78E9C" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="61AF896D" w14:textId="17436EF3" w:rsidR="00B53149" w:rsidRDefault="00B53149">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Per mokslo metus</w:t>
             </w:r>
             <w:r w:rsidR="000A28B7">
-              <w:rPr>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> 40 val.,</w:t>
+              <w:t xml:space="preserve"> bent 40 val.,</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> k</w:t>
             </w:r>
             <w:r w:rsidR="000A28B7">
               <w:t>a</w:t>
             </w:r>
             <w:r>
-              <w:t>rjeros specialistas kelia kvalifikacij</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">ą </w:t>
+              <w:t xml:space="preserve">rjeros specialistas kelia kvalifikaciją </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F50A2" w14:paraId="7BF1D5C4" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="004F50A2" w14:paraId="7BF1D5C4" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D6F69ED" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:r>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="463F8389" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
           <w:p w14:paraId="109AB834" w14:textId="77777777" w:rsidR="00DB695F" w:rsidRDefault="00DB695F"/>
           <w:p w14:paraId="1A9956BE" w14:textId="77777777" w:rsidR="00DB695F" w:rsidRDefault="00DB695F"/>
           <w:p w14:paraId="07A1852D" w14:textId="77777777" w:rsidR="00DB695F" w:rsidRDefault="00DB695F"/>
           <w:p w14:paraId="5A7ED421" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E9CEC73" w14:textId="6C5C5165" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:r>
               <w:t xml:space="preserve">Ugdymo karjerai </w:t>
             </w:r>
             <w:r w:rsidR="00ED023F">
-              <w:t>veikl</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">ų </w:t>
+              <w:t xml:space="preserve">veiklų </w:t>
             </w:r>
             <w:r>
               <w:t>įgyvendinimas</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7527D848" w14:textId="0C8E854B" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14A14090" w14:textId="35625EE6" w:rsidR="004F50A2" w:rsidRDefault="00191A6C">
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>K</w:t>
             </w:r>
             <w:r w:rsidR="004F50A2">
               <w:t>arjer</w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>os</w:t>
             </w:r>
             <w:r w:rsidR="004F50A2">
               <w:t xml:space="preserve"> kompetencijos ugdomos per įvairias UK veiklas.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09369847" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="57669F27" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16F485CB" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="3DBD826E" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="2A418CF4" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="2FC9420F" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="56F815FC" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
           <w:p w14:paraId="06704AE7" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="1CF6380B" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="2CD0B359" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="5D7D1D65" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="23DD9125" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="06161009" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="1771E9B6" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
           <w:p w14:paraId="081FA6B0" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            <w:r>
+          </w:tcPr>
+          <w:p w14:paraId="414A70EC" w14:textId="19465A78" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00191A6C">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00ED023F">
+            <w:r w:rsidR="00562764">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00DB695F">
               <w:t>-20</w:t>
             </w:r>
             <w:r w:rsidR="00191A6C">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00ED023F">
+            <w:r w:rsidR="00562764">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00DB695F">
               <w:t xml:space="preserve"> m.m. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5FDAF668" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6E2BEA77" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="25CECCA5" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="098DA1B3" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
@@ -3806,68 +3336,66 @@
           </w:p>
           <w:p w14:paraId="12E365A4" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="38BF0BFC" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="143BA05C" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E83ACC8" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C8859D0" w14:textId="77777777" w:rsidR="00191A6C" w:rsidRDefault="00191A6C" w:rsidP="00191A6C">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">100% </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>mok., parengs karjeros planą.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="05EA3C49" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="06176715" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
@@ -3879,76 +3407,74 @@
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3370861A" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7ED55B73" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5A2239F8" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6E16CE36" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="67BB8AA4" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="67BB8AA4" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="07A2AC7A" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06BF89EF" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t>Mokinių profesinis  informavimas</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D1B3F7B" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
           <w:p w14:paraId="195F5197" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
           <w:p w14:paraId="78C9C3BA" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
           <w:p w14:paraId="6F66A769" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
           <w:p w14:paraId="5031561D" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
           <w:p w14:paraId="0FC170D4" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
           <w:p w14:paraId="0B1223C6" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
           <w:p w14:paraId="51F32398" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
           <w:p w14:paraId="77A94EB0" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
           <w:p w14:paraId="353CB94A" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
           <w:p w14:paraId="759D0F64" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="2564626C" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="17207CB7" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="545D23CA" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="1432D5C6" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="7D3FDB27" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="15C75949" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="1BB91193" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="25E3F5E4" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
@@ -3964,172 +3490,164 @@
           <w:p w14:paraId="6351FD45" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="5B6E2033" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="2AD62017" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="7399EAD8" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
           <w:p w14:paraId="72D34E29" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
           <w:p w14:paraId="2F6A781A" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
           <w:p w14:paraId="228E4501" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t>Mokinių profesinis  informavimas</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46F9FCBF" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00EF15EA">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F620CDD" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Veiklos/priemonės</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F94868C" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t>(Įvairios informavimo priemonės, suteikiančios informaciją apie: švietimo teikėjus ir jų vykdomas mokymo ir studijų programas, priėmimo taisykles (individualios ir grupinės konsultacijos);</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2FFAAA43" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t xml:space="preserve"> darbo galimybes (darbo rinką ir jos pokyčių prognozes);  išvykos į studijų parodas, kontaktų muges; susitikimai su buvusiais mokiniais; seminarų, paskaitų mokiniams, aukštųjų mokyklų vizitų, organizavimas;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E629A7E" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t xml:space="preserve">veiklinimo užsiėmimų </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67CD988E" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t>(pažintinių,  patyriminių, intensyviųjų) organizavimas)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5562760C" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D578ADE" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62773EB0" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13ACD030" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="74E780CB" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="74E780CB" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20C2A12D" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="65AE0EE4" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00EF15EA">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="617E2EF9" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="007677AC" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Karjeros centro vykdomų veiklų (teikiamų paslaugų) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
@@ -4216,1625 +3734,1482 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>, profesinį veiklinimą</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40DCE0BF" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t>I-II kl.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="74A6D481" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t>III-IV kl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3F333FE4" w14:textId="6416CD40" w:rsidR="00A14267" w:rsidRDefault="00DB695F">
+          </w:tcPr>
+          <w:p w14:paraId="3F333FE4" w14:textId="5E16692A" w:rsidR="00A14267" w:rsidRDefault="00DB695F">
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00134960" w:rsidRPr="00062D0A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00F1394A">
-[...3 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="00FB7B9A" w:rsidRPr="00BA01BB">
+              <w:rPr>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00447E9B" w:rsidRPr="00062D0A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t>rugsėjo mėnesį ir pagal poreikį visus mokslo metus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C26DE61" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A2DECD4" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t>100 % mokinių</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7EE366B1" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t>sužino informaciją apie teikiamas ugdymo karjerai paslaugas gimnazijoje ir kt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="451C6CB3" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="451C6CB3" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7044EC8C" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F3399FE" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00EF15EA">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19A764BE" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="00062D0A" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Studijų užsienyje pristatymas gimnazijoje</w:t>
             </w:r>
             <w:r w:rsidR="00BE4BE4" w:rsidRPr="00062D0A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00134960" w:rsidRPr="00062D0A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> nuotoliu</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45D07ABB" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00DB695F">
             <w:r>
               <w:t>IV kl.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A012A21" w14:textId="77777777" w:rsidR="005E780D" w:rsidRDefault="005E780D"/>
           <w:p w14:paraId="49BA17CB" w14:textId="77777777" w:rsidR="005E780D" w:rsidRPr="005E780D" w:rsidRDefault="005E780D">
-            <w:pPr>
-[...7 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>III kl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="54DFEFC9" w14:textId="5A1B05D0" w:rsidR="005E780D" w:rsidRPr="00E71F9E" w:rsidRDefault="00DB695F">
+          </w:tcPr>
+          <w:p w14:paraId="54DFEFC9" w14:textId="0EA86454" w:rsidR="005E780D" w:rsidRPr="00E71F9E" w:rsidRDefault="00DB695F">
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00134960">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00E71F9E">
+            <w:r w:rsidR="00FB7B9A">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> lapkričio mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DFECBB6" w14:textId="77777777" w:rsidR="00134960" w:rsidRDefault="00A14267">
             <w:r w:rsidRPr="0088306D">
               <w:t>Organiza</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22D9DFDC" w14:textId="77777777" w:rsidR="00134960" w:rsidRDefault="00A14267">
             <w:r w:rsidRPr="0088306D">
               <w:t>cij</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">a </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B6DAD20" w14:textId="77777777" w:rsidR="00686537" w:rsidRPr="00686537" w:rsidRDefault="00686537">
-            <w:pPr>
-[...7 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>„Kalba“</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="599772ED" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t>„Kastu“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2220C0D2" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00DB695F">
             <w:r>
               <w:t>12</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t xml:space="preserve"> % ketvirtokų</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> (tikslinė grupė)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D920025" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="007677AC" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">sužinos apie organizacijos </w:t>
             </w:r>
             <w:r w:rsidR="00686537">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">„Kalba“, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">“Kastu” </w:t>
-[...10 lines deleted...]
-              <w:t>teikiamas paslaugas, susipažins su stojimo sąlygomis ir apie mokymosi įstaigas užsienyje.</w:t>
+              <w:t>“Kastu” teikiamas paslaugas, susipažins su stojimo sąlygomis ir apie mokymosi įstaigas užsienyje.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="41F74A30" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="41F74A30" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E82E006" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DD92D95" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00EF15EA">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7FB67A14" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="00062D0A" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Studijų užsienyje pristatymas gimnazijoje</w:t>
             </w:r>
             <w:r w:rsidR="00BE4BE4" w:rsidRPr="00062D0A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00B633DC" w:rsidRPr="00062D0A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>nuotoliu</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16764003" w14:textId="77777777" w:rsidR="00906899" w:rsidRDefault="00906899">
             <w:r>
               <w:t>III kl.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="51827866" w14:textId="77777777" w:rsidR="00906899" w:rsidRDefault="00906899"/>
           <w:p w14:paraId="1551BB92" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t>IV kl.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B9593B2" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="345014B1" w14:textId="26B2AEE2" w:rsidR="00906899" w:rsidRPr="00134960" w:rsidRDefault="00906899">
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00134960">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00615ABD">
+            <w:r w:rsidR="00FB7B9A">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00686537">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">spalio </w:t>
             </w:r>
             <w:r w:rsidR="00134960">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00134960">
-              <w:rPr>
-[...9 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>ėn.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F369BE5" w14:textId="77777777" w:rsidR="00906899" w:rsidRDefault="00906899"/>
-          <w:p w14:paraId="6D0798F9" w14:textId="1936D871" w:rsidR="00A14267" w:rsidRDefault="00DB695F">
+          <w:p w14:paraId="6D0798F9" w14:textId="073C9D70" w:rsidR="00A14267" w:rsidRDefault="00DB695F">
             <w:r>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00615ABD">
+            <w:r w:rsidR="00FB7B9A">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t xml:space="preserve"> vasario mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5784812A" w14:textId="77777777" w:rsidR="00134960" w:rsidRDefault="00A14267">
             <w:r w:rsidRPr="0088306D">
               <w:t>Organiza</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="115C1A14" w14:textId="77777777" w:rsidR="00134960" w:rsidRDefault="00A14267">
             <w:r w:rsidRPr="0088306D">
               <w:t xml:space="preserve">cija </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1561215F" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="00062D0A" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>„Kastu“</w:t>
             </w:r>
             <w:r w:rsidR="00B633DC" w:rsidRPr="00062D0A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A4A0484" w14:textId="77777777" w:rsidR="00B633DC" w:rsidRPr="00B633DC" w:rsidRDefault="00B633DC">
-            <w:pPr>
-[...3 lines deleted...]
-            </w:pPr>
             <w:r w:rsidRPr="00062D0A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>“V</w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>šį Studijos ir karjera“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="149C0EFA" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="007677AC" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>13 % III-IV kl., mok., sužinos apie organizacijos “Kastu” teikiamas paslaugas, susipažins su stojimo sąlygomis ir mokymosi įstaigomis užsienyje.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="1FBBA8F9" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="1FBBA8F9" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="46E5E436" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">4. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C70BE1C" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0C3A37DA" w14:textId="5694A9D9" w:rsidR="00A14267" w:rsidRDefault="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="0C3A37DA" w14:textId="354EDACD" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t>Informaciniai užsiėmimai (klasėmis) „Stojančiųjų į L</w:t>
             </w:r>
             <w:r w:rsidR="00DB695F">
               <w:t>ietuvos aukštąsias mokyklas 202</w:t>
             </w:r>
-            <w:r w:rsidR="00615ABD">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> m. sąlygos. Lama bpo sistema. Bendrojo priėmimo rodikliai. Norminės studijų kainos. Konkursinio balo skaičiuoklė“</w:t>
+            <w:r w:rsidR="00FB7B9A">
+              <w:t xml:space="preserve">6 </w:t>
+            </w:r>
+            <w:r>
+              <w:t>sąlygos. Lama bpo sistema. Bendrojo priėmimo rodikliai. Norminės studijų kainos. Konkursinio balo skaičiuoklė“</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="307D6D74" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t>IV kl.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="56DCCB03" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t>III kl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="6F65240E" w14:textId="26AB22CF" w:rsidR="00B633DC" w:rsidRDefault="00B633DC">
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidRPr="00134960">
               <w:t>2</w:t>
             </w:r>
+            <w:r w:rsidR="00FB7B9A">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidR="00CA1856">
-              <w:rPr>
-[...14 lines deleted...]
-              <w:t>ėjo</w:t>
+              <w:t>rugsėjo</w:t>
             </w:r>
             <w:r w:rsidRPr="00B633DC">
               <w:t xml:space="preserve"> -</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">lapkričio mėn. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1625117E" w14:textId="3D2A29BB" w:rsidR="005E780D" w:rsidRPr="005E780D" w:rsidRDefault="005E780D">
-[...5 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="1625117E" w14:textId="3D2A29BB" w:rsidR="005E780D" w:rsidRPr="005E780D" w:rsidRDefault="005E780D"/>
           <w:p w14:paraId="271CD189" w14:textId="77777777" w:rsidR="00B633DC" w:rsidRDefault="00B633DC"/>
           <w:p w14:paraId="179F488B" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
           <w:p w14:paraId="54AEB2D1" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
           <w:p w14:paraId="4D0EF037" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
           <w:p w14:paraId="51224439" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="00134960" w:rsidRDefault="00A14267"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2AA01B2C" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5B3F2001" w14:textId="1DDFC9DA" w:rsidR="00A14267" w:rsidRPr="007677AC" w:rsidRDefault="00D441DB">
+          </w:tcPr>
+          <w:p w14:paraId="5B3F2001" w14:textId="2001730A" w:rsidR="00A14267" w:rsidRPr="007677AC" w:rsidRDefault="00D441DB">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>8% IV kl., 89% III kl. mok., s</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>užinos apie stojimo sąlygas 202</w:t>
+              <w:t xml:space="preserve">užinos apie stojimo sąlygas </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD1393" w:rsidRPr="00BA01BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r w:rsidR="00686537">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> m., </w:t>
+            </w:r>
+            <w:r w:rsidR="00A14267">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>į Lietuvos aukštąsias mokyklas ir priėmimo sąlygas į Š</w:t>
             </w:r>
             <w:r w:rsidR="00FD1393">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> m., </w:t>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>TMC</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">į Lietuvos aukštąsias mokyklas ir priėmimo sąlygas į </w:t>
-[...30 lines deleted...]
-              </w:rPr>
               <w:t>, apie mokymosi galimybes, susipažins su  studijų ir mokymo programomis, trukme, kainomis, formomis; darbo rinkos tendencijomis, Lamabpo ir kt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="55E500FC" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="55E500FC" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D4E0D6E" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36661EE9" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06BCA458" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t xml:space="preserve">Informaciniai užsiėmimai (klasėmis per klasių valandėles) „Lama bpo sistema. Norminės studijų </w:t>
             </w:r>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>kainos. Konkursinio balo skaičiuoklė. Stojimo prašymas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0DF97354" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00D441DB">
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">IV kl. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="35CA0933" w14:textId="5EB1957A" w:rsidR="00A14267" w:rsidRDefault="00D441DB">
+          </w:tcPr>
+          <w:p w14:paraId="35CA0933" w14:textId="76411BF8" w:rsidR="00A14267" w:rsidRDefault="00D441DB">
             <w:r>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00FD1393">
+            <w:r w:rsidR="00FB7B9A">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t xml:space="preserve">6 </w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
-              <w:t xml:space="preserve"> gegužės</w:t>
+              <w:t>gegužės</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22CFBF66" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t>mėn.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16EE65AD" w14:textId="77777777" w:rsidR="00134960" w:rsidRDefault="00134960"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52BF6B79" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="148AE1B1" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="007677AC" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>97% IV kl., mok.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F0109E2" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="007677AC" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Susipažins su prašymo pildymo forma, sužinos/pakartos LamaBPO teikiamą informaciją,  išsiaiškins sąvokas. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="3FACA165" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="3FACA165" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D63B43D" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05066932" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="61FE5F41" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="76993460" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="6E7B3910" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="08491420" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="7695C618" w14:textId="77777777" w:rsidR="006F5AC2" w:rsidRDefault="006F5AC2" w:rsidP="00A14267"/>
           <w:p w14:paraId="6ADD88F1" w14:textId="77777777" w:rsidR="006F5AC2" w:rsidRDefault="006F5AC2" w:rsidP="00A14267"/>
           <w:p w14:paraId="4FDB79EA" w14:textId="77777777" w:rsidR="006F5AC2" w:rsidRDefault="006F5AC2" w:rsidP="00A14267"/>
           <w:p w14:paraId="31E0E34B" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>Mokinių profesinis  informavimas</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B7C938F" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="15358A3A" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="007677AC" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Teminės klasių valandėlės “Kaip pasirinkti profesiją tinkamą ateityje?”. “Kaip planuoti savo karjerą?”. “Profesijos pasirinkimo etapai”. “Darbo rinka”</w:t>
             </w:r>
             <w:r w:rsidR="007A4149">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>ir kt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42048C2A" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00D441DB">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">I-IV kl. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="438210D5" w14:textId="55D71128" w:rsidR="00A14267" w:rsidRDefault="00D441DB">
+          </w:tcPr>
+          <w:p w14:paraId="438210D5" w14:textId="7980C205" w:rsidR="00A14267" w:rsidRDefault="00D441DB">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00686537" w:rsidRPr="00062D0A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00BC412B">
+            <w:r w:rsidR="00C45E4C">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00686537" w:rsidRPr="00062D0A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t>spalio-gruodžio mėnesiai.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6FCC9298" w14:textId="18926904" w:rsidR="00A14267" w:rsidRDefault="00D441DB">
+          <w:p w14:paraId="6FCC9298" w14:textId="2DB359FF" w:rsidR="00A14267" w:rsidRDefault="00D441DB">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00134960" w:rsidRPr="00062D0A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00BC412B">
+            <w:r w:rsidR="00C45E4C">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t xml:space="preserve"> sausio-birželio mėn.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1620BB8B" w14:textId="77777777" w:rsidR="00134960" w:rsidRDefault="00134960">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00C793C0" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="037BCE79" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Ugdomos karjeros kompetencijos.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="2C323037" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="2C323037" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5CB86FD3" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">4. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2AA6E8DD" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="60403FBF" w14:textId="22A6BF0C" w:rsidR="00A14267" w:rsidRPr="00134960" w:rsidRDefault="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="60403FBF" w14:textId="3E16DE98" w:rsidR="00A14267" w:rsidRPr="00134960" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Informaciniai pranešimai</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> III kl. mokin</w:t>
             </w:r>
             <w:r w:rsidR="00D441DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>ių grupėms “Stojimo sąlygos 202</w:t>
             </w:r>
-            <w:r w:rsidR="00BC412B">
-[...7 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidR="00C45E4C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> m., konkursinio balo skaičiuoklė. Lama bpo”. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1BDA7DF2" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t>III kl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="281E748C" w14:textId="6ABAD510" w:rsidR="00A14267" w:rsidRPr="007677AC" w:rsidRDefault="00D441DB">
+          </w:tcPr>
+          <w:p w14:paraId="281E748C" w14:textId="22AAA219" w:rsidR="00A14267" w:rsidRPr="007677AC" w:rsidRDefault="00D441DB">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00134960">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00BC412B">
-[...7 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="009A4D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00686537">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">rugsėjo-lapkričio </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3369EB36" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="007677AC" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>mėn.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="017153FB" w14:textId="5CB3990B" w:rsidR="005E780D" w:rsidRDefault="00D441DB">
+          <w:p w14:paraId="017153FB" w14:textId="730A9F8E" w:rsidR="005E780D" w:rsidRDefault="00D441DB">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00134960">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00BC412B">
-[...7 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="009A4D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73AF8418" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="007677AC" w:rsidRDefault="005E780D">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>vasario-</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>gegužės mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F6B8A9A" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4BB0FAF4" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t>100% trečiokų</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F9847A4" w14:textId="065A77FD" w:rsidR="00A14267" w:rsidRPr="007677AC" w:rsidRDefault="00A14267">
+          <w:p w14:paraId="5F9847A4" w14:textId="57086E8B" w:rsidR="00A14267" w:rsidRPr="007677AC" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Sužinos api</w:t>
             </w:r>
             <w:r w:rsidR="00D441DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>e priėmimo, stojimo sąlygas 202</w:t>
             </w:r>
-            <w:r w:rsidR="00D62319">
-[...7 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidR="009A4D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> m., mokymosi galimybes, konkursinio balo sandarą; studijų programas, mokymosi formas, trukmę, kainas.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="70015915" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="007677AC" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
@@ -5854,313 +5229,273 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Plėtos karjeros galimybių, karjeros planavimo, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>įgyvendinimo kompetencijas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="06A71BC4" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="06A71BC4" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C70862C" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23D817CF" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="3416212A" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="50030E3D" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="20462D07" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="3F3A2A7A" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="357C685B" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="00BC4354" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="516F9FF1" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="4257C3C2" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="3BFDBB4D" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="100739F0" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="0046722D" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>Mokinių profesinis  informavimas</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2996CE7D" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="197C5659" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52095A64" w14:textId="77777777" w:rsidR="00134960" w:rsidRPr="00134960" w:rsidRDefault="00A14267">
-            <w:pPr>
-[...3 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:t>Studijų užsienyje pristatymas</w:t>
             </w:r>
             <w:r w:rsidR="007A4149">
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00134960" w:rsidRPr="00062D0A">
               <w:t xml:space="preserve"> Dalyvavimas KALBA.lt organizuojamame web seminar</w:t>
             </w:r>
             <w:r w:rsidR="00134960">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">ų cikle: „Studijų pasirinkimas: misija įmanoma“. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4BDD81CC" w14:textId="77777777" w:rsidR="007A4149" w:rsidRDefault="007A4149"/>
           <w:p w14:paraId="0BC9564A" w14:textId="77777777" w:rsidR="007A4149" w:rsidRDefault="007A4149"/>
           <w:p w14:paraId="46000CEE" w14:textId="77777777" w:rsidR="007A4149" w:rsidRDefault="007A4149"/>
           <w:p w14:paraId="0AFCDB35" w14:textId="77777777" w:rsidR="00134960" w:rsidRDefault="00134960"/>
-          <w:p w14:paraId="21724471" w14:textId="77777777" w:rsidR="00134960" w:rsidRPr="00134960" w:rsidRDefault="00134960">
-[...5 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="21724471" w14:textId="77777777" w:rsidR="00134960" w:rsidRPr="00134960" w:rsidRDefault="00134960"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37B861C4" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00D441DB">
             <w:r>
               <w:t>I-IV kl.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="378B7751" w14:textId="77777777" w:rsidR="007A4149" w:rsidRDefault="007A4149"/>
           <w:p w14:paraId="7C6D3377" w14:textId="77777777" w:rsidR="00134960" w:rsidRDefault="00134960" w:rsidP="00134960"/>
           <w:p w14:paraId="045C62A8" w14:textId="77777777" w:rsidR="00134960" w:rsidRDefault="00134960" w:rsidP="00134960"/>
           <w:p w14:paraId="67417543" w14:textId="77777777" w:rsidR="00134960" w:rsidRDefault="00134960" w:rsidP="00134960"/>
           <w:p w14:paraId="553C67F3" w14:textId="77777777" w:rsidR="00134960" w:rsidRDefault="00134960" w:rsidP="00134960"/>
           <w:p w14:paraId="096CC29A" w14:textId="77777777" w:rsidR="00134960" w:rsidRDefault="00134960" w:rsidP="00134960"/>
           <w:p w14:paraId="2C7241F2" w14:textId="77777777" w:rsidR="007A4149" w:rsidRDefault="007A4149" w:rsidP="006F5AC2"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="3658BD00" w14:textId="177143BE" w:rsidR="006F5AC2" w:rsidRDefault="00134960" w:rsidP="006F5AC2">
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00D62319">
+            <w:r w:rsidR="009A4D18">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00686537">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">spalio </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="05578BE9" w14:textId="77777777" w:rsidR="00134960" w:rsidRPr="00134960" w:rsidRDefault="00134960">
-            <w:pPr>
-[...7 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A9F1422" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t>„Kalba.lt“</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13D40F75" w14:textId="77777777" w:rsidR="007A4149" w:rsidRDefault="007A4149"/>
           <w:p w14:paraId="4961AA55" w14:textId="77777777" w:rsidR="007A4149" w:rsidRDefault="007A4149"/>
           <w:p w14:paraId="42D06CE0" w14:textId="77777777" w:rsidR="00134960" w:rsidRDefault="00134960"/>
           <w:p w14:paraId="50ED99BA" w14:textId="77777777" w:rsidR="00134960" w:rsidRDefault="00134960"/>
           <w:p w14:paraId="462F51EE" w14:textId="77777777" w:rsidR="00134960" w:rsidRDefault="00134960"/>
           <w:p w14:paraId="2066FDBE" w14:textId="77777777" w:rsidR="007A4149" w:rsidRPr="003B36BE" w:rsidRDefault="007A4149"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A21132E" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t>17 % mokinių</w:t>
             </w:r>
             <w:r w:rsidR="00D441DB">
               <w:t xml:space="preserve"> (tikslinė grupė)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="51E9852E" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="007677AC" w:rsidRDefault="00A14267" w:rsidP="00D441DB">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>sužinos apie organizacijos “Kalba” teikiamas paslaugas, susipažins su stojimo sąlygomis į mokymosi įstaigas užsienyje.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="6E65D155" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="6E65D155" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53E0F0D0" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="778347C2" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0264C269" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="007677AC" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Šiaulių valstybinės kolegijos studijų programų pristatymas: „SVAKO studijos kolegijoje“.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E82DD08" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
@@ -6340,190 +5675,175 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">TAVO </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Pin kodas“.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37048082" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t>I-IV kl.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="42C2BFF0" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="444A2351" w14:textId="3968ED26" w:rsidR="00A14267" w:rsidRDefault="00D441DB">
+          </w:tcPr>
+          <w:p w14:paraId="444A2351" w14:textId="1D00E922" w:rsidR="00A14267" w:rsidRDefault="00D441DB">
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="0081332A" w:rsidRPr="00062D0A">
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00D62319">
-              <w:t>4</w:t>
+            <w:r w:rsidR="009A4D18">
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t xml:space="preserve"> lapkričio mėn.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B39BF0D" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
           <w:p w14:paraId="216353C1" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
-          <w:p w14:paraId="7A90DA84" w14:textId="0C60FC54" w:rsidR="00A14267" w:rsidRDefault="00D441DB">
+          <w:p w14:paraId="7A90DA84" w14:textId="61D11506" w:rsidR="00A14267" w:rsidRDefault="00D441DB">
             <w:r>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00D62319">
-              <w:t>5</w:t>
+            <w:r w:rsidR="009A4D18">
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00673AE1" w:rsidRPr="00062D0A">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t>balandžio mėn.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="221BFE21" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
           <w:p w14:paraId="26F0FB5A" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
           <w:p w14:paraId="05E76A7D" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
           <w:p w14:paraId="19ECF921" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
           <w:p w14:paraId="331E37E9" w14:textId="77777777" w:rsidR="006F5AC2" w:rsidRPr="00062D0A" w:rsidRDefault="006F5AC2"/>
-          <w:p w14:paraId="2953C614" w14:textId="04FD7C17" w:rsidR="00A14267" w:rsidRDefault="0081332A">
+          <w:p w14:paraId="2953C614" w14:textId="52755D9A" w:rsidR="00A14267" w:rsidRDefault="0081332A">
             <w:r w:rsidRPr="00062D0A">
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="002F2941">
-              <w:t>4</w:t>
+            <w:r w:rsidR="009A4D18">
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00D441DB">
               <w:t xml:space="preserve"> lapkričio</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t xml:space="preserve"> mėn.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0DE2BE57" w14:textId="6B876E1D" w:rsidR="00A14267" w:rsidRDefault="00D441DB">
+          <w:p w14:paraId="0DE2BE57" w14:textId="15687559" w:rsidR="00A14267" w:rsidRDefault="00D441DB">
             <w:r>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="002F2941">
+            <w:r w:rsidR="009A4D18">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t xml:space="preserve"> gegužės-birželio mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4EACD79C" w14:textId="77777777" w:rsidR="0081332A" w:rsidRDefault="0081332A"/>
           <w:p w14:paraId="57D86ADD" w14:textId="77777777" w:rsidR="0081332A" w:rsidRDefault="0081332A"/>
           <w:p w14:paraId="24888F68" w14:textId="77777777" w:rsidR="0081332A" w:rsidRDefault="0081332A"/>
           <w:p w14:paraId="25F24A92" w14:textId="77777777" w:rsidR="0081332A" w:rsidRDefault="0081332A"/>
           <w:p w14:paraId="5B2388F2" w14:textId="77777777" w:rsidR="0081332A" w:rsidRDefault="00A14267">
             <w:r>
               <w:t xml:space="preserve">Šiaulių </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D4997CF" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="0081332A" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>valstybinė kolegij</w:t>
             </w:r>
             <w:r w:rsidR="000B668E">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>a/</w:t>
             </w:r>
             <w:r w:rsidR="0081332A">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> nuotoliu</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B51CF9F" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00D441DB">
             <w:r>
               <w:t>12</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t xml:space="preserve"> % mok. (tikslinės grupės)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C96BE22" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="007677AC" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
@@ -6542,120 +5862,117 @@
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5A7C5215" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="007677AC" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Gimnazistai ugdys ugdymo karjerai kompetencijas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="4CBE1EAE" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="4CBE1EAE" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="531CA4AF" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CE6C2B1" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="0BC7B01C" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="06BBD14E" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="6E595A7A" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="74F0DC8C" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="5749EC28" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="49F599C4" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="6E18C8DF" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="47DEF697" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="4FA6E821" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="51241BB2" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="7147501B" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="57D910D8" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="3D682408" w14:textId="77777777" w:rsidR="006F5AC2" w:rsidRDefault="006F5AC2" w:rsidP="00D85503"/>
           <w:p w14:paraId="5F3B2085" w14:textId="77777777" w:rsidR="006F5AC2" w:rsidRDefault="006F5AC2" w:rsidP="00D85503"/>
           <w:p w14:paraId="7A5B7171" w14:textId="77777777" w:rsidR="006F5AC2" w:rsidRDefault="006F5AC2" w:rsidP="00D85503"/>
           <w:p w14:paraId="211C082B" w14:textId="77777777" w:rsidR="006F5AC2" w:rsidRDefault="006F5AC2" w:rsidP="00D85503"/>
           <w:p w14:paraId="4B7226B9" w14:textId="77777777" w:rsidR="006F5AC2" w:rsidRDefault="006F5AC2" w:rsidP="00D85503"/>
           <w:p w14:paraId="75445D86" w14:textId="77777777" w:rsidR="006F5AC2" w:rsidRDefault="006F5AC2" w:rsidP="00D85503"/>
           <w:p w14:paraId="5AC4C11C" w14:textId="77777777" w:rsidR="006F5AC2" w:rsidRDefault="006F5AC2" w:rsidP="00D85503"/>
           <w:p w14:paraId="49312A82" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00D85503">
             <w:r>
               <w:t>Mokinių profesinis  informavimas</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E38A72C" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="5E723D0B" w14:textId="77777777" w:rsidR="007677AC" w:rsidRDefault="007677AC" w:rsidP="00A14267"/>
           <w:p w14:paraId="5F9CA4CA" w14:textId="77777777" w:rsidR="007677AC" w:rsidRDefault="007677AC" w:rsidP="00A14267"/>
           <w:p w14:paraId="176AB267" w14:textId="77777777" w:rsidR="007677AC" w:rsidRDefault="007677AC" w:rsidP="00A14267"/>
           <w:p w14:paraId="734AC4CC" w14:textId="77777777" w:rsidR="007677AC" w:rsidRDefault="007677AC" w:rsidP="00A14267"/>
           <w:p w14:paraId="166CCCD5" w14:textId="77777777" w:rsidR="007677AC" w:rsidRDefault="007677AC" w:rsidP="00A14267"/>
           <w:p w14:paraId="66FAD17B" w14:textId="77777777" w:rsidR="007677AC" w:rsidRDefault="007677AC" w:rsidP="00A14267"/>
           <w:p w14:paraId="3F434E2D" w14:textId="77777777" w:rsidR="007677AC" w:rsidRDefault="007677AC" w:rsidP="00A14267"/>
           <w:p w14:paraId="141ADCCE" w14:textId="77777777" w:rsidR="007677AC" w:rsidRDefault="007677AC" w:rsidP="00A14267"/>
           <w:p w14:paraId="6595971C" w14:textId="77777777" w:rsidR="007677AC" w:rsidRDefault="007677AC" w:rsidP="00A14267"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36D309EE" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="007677AC" w:rsidRDefault="0081332A">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Vilniaus universiteto </w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -6697,282 +6014,259 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> į VUŠA</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5930B37F" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t>I-IV kl.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C62E647" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...10 lines deleted...]
-              </w:rPr>
+          </w:tcPr>
+          <w:p w14:paraId="39291526" w14:textId="08FFFD03" w:rsidR="005E780D" w:rsidRPr="005E780D" w:rsidRDefault="005E780D">
+            <w:r>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="005E7B0B">
-[...26 lines deleted...]
-          <w:p w14:paraId="781D2719" w14:textId="145F1D1F" w:rsidR="00A14267" w:rsidRDefault="00D441DB">
+            <w:r w:rsidR="009A4D18">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> sausio mėn.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="781D2719" w14:textId="36C6A328" w:rsidR="00A14267" w:rsidRDefault="00D441DB">
             <w:r>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="005E7B0B">
+            <w:r w:rsidR="009A4D18">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t xml:space="preserve"> balandžio mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1171D130" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="0081332A" w:rsidRDefault="0081332A">
-            <w:pPr>
-[...7 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>VUŠA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5672CF84" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="007677AC" w:rsidRDefault="0081332A">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0081332A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> % mokinių (tikslinė grupė)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61BDE319" w14:textId="225E191A" w:rsidR="00A14267" w:rsidRPr="00202C95" w:rsidRDefault="00D441DB">
+          <w:p w14:paraId="61BDE319" w14:textId="7D14B2BA" w:rsidR="00A14267" w:rsidRPr="00202C95" w:rsidRDefault="00D441DB">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Bus pristatytos 20</w:t>
             </w:r>
             <w:r w:rsidR="0081332A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
+            <w:r w:rsidR="009A4D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
             <w:r w:rsidR="005E7B0B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">5, 2026 </w:t>
+              <w:t>, 202</w:t>
+            </w:r>
+            <w:r w:rsidR="009A4D18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> m., stojimo sąlygos, priėmimo tvarka, prašymo pildymo tvarka.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="2709595D" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="2709595D" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34ABE8EE" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">4. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4213C5A2" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B91A328" w14:textId="065EFAB3" w:rsidR="00A14267" w:rsidRPr="0081332A" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Lietuvos </w:t>
             </w:r>
             <w:r w:rsidR="00D441DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
@@ -7067,135 +6361,129 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>.  Vizitai gimnazijoje</w:t>
             </w:r>
             <w:r w:rsidR="0081332A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> arba mokinių apsilankymas UŽT arba nuotoliu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D2CFE0F" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t>I-II kl.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="721B7F0E" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
           <w:p w14:paraId="23E634CC" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t>III-IV kl.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="51844190" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59D407C7" w14:textId="7B927DE3" w:rsidR="00A14267" w:rsidRDefault="00D441DB">
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="0081332A" w:rsidRPr="00062D0A">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="001638D5">
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000B668E" w:rsidRPr="00062D0A">
               <w:t>rugsėjo</w:t>
             </w:r>
             <w:r w:rsidR="0081332A">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r>
               <w:t>gruodžio</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t xml:space="preserve"> mėn.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="363B4EA9" w14:textId="77777777" w:rsidR="0081332A" w:rsidRDefault="00D441DB">
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C457C6B" w14:textId="61F84F22" w:rsidR="00A14267" w:rsidRDefault="00D441DB">
+          <w:p w14:paraId="1C457C6B" w14:textId="5323958F" w:rsidR="00A14267" w:rsidRDefault="00D441DB">
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="0081332A" w:rsidRPr="00062D0A">
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="001638D5">
-              <w:t>5</w:t>
+            <w:r w:rsidR="009A4D18">
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t>balandžio mėn.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="30C2D23D" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D083EEF" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="002F4E3E" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F4E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Šiaulių </w:t>
             </w:r>
             <w:r w:rsidR="00906899" w:rsidRPr="002F4E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -7211,536 +6499,489 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>užimtumo skyrius</w:t>
             </w:r>
             <w:r w:rsidRPr="002F4E3E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00632953" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t>87 % mok.,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7735081A" w14:textId="77777777" w:rsidR="00906899" w:rsidRPr="007677AC" w:rsidRDefault="00A14267" w:rsidP="00906899">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>sužinos apie darbo rinką, ateities profesijas.</w:t>
             </w:r>
             <w:r w:rsidR="00906899" w:rsidRPr="007677AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ugdysis karjeros kompetencijas.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4884BB11" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="007677AC" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="732C1FD5" w14:textId="77777777" w:rsidTr="006F5AC2">
+      <w:tr w:rsidR="00A14267" w14:paraId="732C1FD5" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:trPr>
           <w:trHeight w:val="1937"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2CB604A0" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5DDC3EAC" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="655D3070" w14:textId="4D7CD380" w:rsidR="00A14267" w:rsidRPr="0081332A" w:rsidRDefault="00A14267">
             <w:r>
               <w:t>V</w:t>
             </w:r>
             <w:r w:rsidR="00364DC0">
               <w:t>ilnius</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002F4E3E">
               <w:t xml:space="preserve">TECH </w:t>
             </w:r>
             <w:r w:rsidR="006F5AC2" w:rsidRPr="00062D0A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r>
-              <w:t>tudijų programų pristatymas ( doc. dr. Arūnas Jaras). Vizitas gimnazijoje</w:t>
+              <w:t>tudijų programų pristatymas Vizitas gimnazijoje</w:t>
             </w:r>
             <w:r w:rsidR="0081332A">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> arba nuotoliu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43181E5E" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t>I-II kl.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F51C249" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267"/>
           <w:p w14:paraId="4E971E98" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t>III-IV kl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="167D9047" w14:textId="2CA7B127" w:rsidR="00A14267" w:rsidRDefault="00906899">
+          </w:tcPr>
+          <w:p w14:paraId="167D9047" w14:textId="7242BAE7" w:rsidR="00A14267" w:rsidRDefault="00906899">
             <w:r>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="002F4E3E">
+            <w:r w:rsidR="00DB1DFD">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t xml:space="preserve"> vasario mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A14AC36" w14:textId="52EFDEAF" w:rsidR="00A14267" w:rsidRDefault="00364DC0">
             <w:r>
               <w:t>Vilnius TECH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0FC2D297" w14:textId="7E1AB4BF" w:rsidR="00A14267" w:rsidRDefault="00A14267">
             <w:r>
               <w:t>13 % mok., (tikslinė grupė) susipažins su V</w:t>
             </w:r>
             <w:r w:rsidR="007F6BAA">
               <w:t>ilnius</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002F4E3E">
               <w:t xml:space="preserve">TECH </w:t>
             </w:r>
             <w:r>
               <w:t>studijų programomis.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16B02857" w14:textId="77777777" w:rsidR="002F4E3E" w:rsidRDefault="002F4E3E"/>
           <w:p w14:paraId="7DBECC3C" w14:textId="77777777" w:rsidR="002F4E3E" w:rsidRDefault="002F4E3E"/>
           <w:p w14:paraId="7F50D8F4" w14:textId="77777777" w:rsidR="002F4E3E" w:rsidRDefault="002F4E3E"/>
           <w:p w14:paraId="2446C63D" w14:textId="77777777" w:rsidR="002F4E3E" w:rsidRDefault="002F4E3E"/>
           <w:p w14:paraId="29C001B8" w14:textId="77777777" w:rsidR="002F4E3E" w:rsidRDefault="002F4E3E"/>
           <w:p w14:paraId="3E48482C" w14:textId="77777777" w:rsidR="002F4E3E" w:rsidRDefault="002F4E3E"/>
           <w:p w14:paraId="4F1EEE81" w14:textId="77777777" w:rsidR="002F4E3E" w:rsidRDefault="002F4E3E"/>
           <w:p w14:paraId="361F8B34" w14:textId="4925D5F2" w:rsidR="002F4E3E" w:rsidRDefault="002F4E3E"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00906899" w14:paraId="5CB84FB5" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00906899" w14:paraId="5CB84FB5" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:trPr>
           <w:trHeight w:val="1311"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7ECE1554" w14:textId="77777777" w:rsidR="00906899" w:rsidRDefault="00906899">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43152762" w14:textId="77777777" w:rsidR="00906899" w:rsidRDefault="00906899">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D94BBC9" w14:textId="77777777" w:rsidR="00906899" w:rsidRPr="0081332A" w:rsidRDefault="00906899">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>KTU studijų programų pristatymas. Dėstytojų paskaitos. Vizitas gimnazijoje</w:t>
             </w:r>
             <w:r w:rsidR="0081332A">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="0081332A">
+              <w:t xml:space="preserve"> arba nuotoliu</w:t>
+            </w:r>
+            <w:r w:rsidR="006F5AC2">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>arba</w:t>
-[...19 lines deleted...]
-              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6DF4D80C" w14:textId="77777777" w:rsidR="00906899" w:rsidRDefault="00906899" w:rsidP="00906899">
             <w:r>
               <w:t>I-II kl.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="65112FE1" w14:textId="77777777" w:rsidR="00906899" w:rsidRDefault="00906899" w:rsidP="00906899"/>
           <w:p w14:paraId="5F66BDC0" w14:textId="77777777" w:rsidR="00906899" w:rsidRDefault="00906899" w:rsidP="00906899">
             <w:r>
               <w:t>III-IV kl.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="038A67FD" w14:textId="77777777" w:rsidR="00906899" w:rsidRDefault="00906899"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6FC40456" w14:textId="7310C953" w:rsidR="00906899" w:rsidRDefault="00906899">
+          </w:tcPr>
+          <w:p w14:paraId="6FC40456" w14:textId="4A855E15" w:rsidR="00906899" w:rsidRDefault="00906899">
             <w:r>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="000808DF">
+            <w:r w:rsidR="00DB1DFD">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> kovo mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4DE7569F" w14:textId="77777777" w:rsidR="00906899" w:rsidRDefault="00906899">
             <w:r>
               <w:t>KTU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3EF2E382" w14:textId="77777777" w:rsidR="00906899" w:rsidRDefault="00906899" w:rsidP="00906899">
             <w:r>
               <w:t>15 % mok., (tikslinė grupė)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="070ED297" w14:textId="6E04765F" w:rsidR="00906899" w:rsidRPr="007677AC" w:rsidRDefault="00906899" w:rsidP="00906899">
+          <w:p w14:paraId="070ED297" w14:textId="33B3D963" w:rsidR="00906899" w:rsidRPr="007677AC" w:rsidRDefault="00906899" w:rsidP="00906899">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>sužinos apie bendrojo priėmimo sąlygas į universitetines studijas</w:t>
             </w:r>
             <w:r w:rsidR="00E113D4">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-            </w:r>
             <w:r w:rsidR="000808DF">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>5-2026</w:t>
+              <w:t>2026</w:t>
             </w:r>
             <w:r w:rsidR="0081332A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
+              <w:t xml:space="preserve">m., </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>m., KTU studijų programas.</w:t>
+              <w:t>KTU studijų programas.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5EB18E98" w14:textId="77777777" w:rsidR="00906899" w:rsidRDefault="00906899"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="0D609011" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="0D609011" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25D6C193" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3ACCF0AE" w14:textId="77777777" w:rsidR="007677AC" w:rsidRDefault="007677AC" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="633A199A" w14:textId="77777777" w:rsidR="007677AC" w:rsidRDefault="007677AC" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="46F51358" w14:textId="77777777" w:rsidR="007677AC" w:rsidRDefault="007677AC" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="42F3EE1C" w14:textId="77777777" w:rsidR="007677AC" w:rsidRDefault="007677AC" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="23028B87" w14:textId="77777777" w:rsidR="007677AC" w:rsidRDefault="007677AC" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
@@ -7920,495 +7161,431 @@
           </w:p>
           <w:p w14:paraId="3046FDD4" w14:textId="77777777" w:rsidR="007677AC" w:rsidRDefault="007677AC" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2E8482E9" w14:textId="77777777" w:rsidR="007677AC" w:rsidRDefault="007677AC" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2C9EF6C4" w14:textId="77777777" w:rsidR="006F5AC2" w:rsidRDefault="006F5AC2" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="696D9A09" w14:textId="77777777" w:rsidR="006F5AC2" w:rsidRDefault="006F5AC2" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2CBB4D7F" w14:textId="77777777" w:rsidR="007677AC" w:rsidRDefault="007677AC" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="007677AC">
+            <w:r w:rsidRPr="00FF52D0">
               <w:t>Mokinių profesinis  informavimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...10 lines deleted...]
-              </w:rPr>
+          </w:tcPr>
+          <w:p w14:paraId="58A30322" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="00BA01BB" w:rsidRDefault="006F5AC2" w:rsidP="00A14267">
+            <w:r w:rsidRPr="00BA01BB">
               <w:lastRenderedPageBreak/>
               <w:t>VIKO</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t xml:space="preserve"> programų pristatymas</w:t>
             </w:r>
+            <w:r w:rsidR="0081332A" w:rsidRPr="00BA01BB">
+              <w:t xml:space="preserve"> nuotoliu.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA01BB">
+              <w:t xml:space="preserve"> Dalyvavimas UK renginiuose.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48661239" w14:textId="77777777" w:rsidR="00233102" w:rsidRPr="00BA01BB" w:rsidRDefault="00233102" w:rsidP="00A14267"/>
+          <w:p w14:paraId="2898CF24" w14:textId="7DD79245" w:rsidR="00233102" w:rsidRPr="00BA01BB" w:rsidRDefault="00233102" w:rsidP="00A14267">
+            <w:r w:rsidRPr="00BA01BB">
+              <w:t>Išvyka į VIKO pedagoginių studijų pristatymas.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="094F4EEE" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
+            <w:r>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidR="006F5AC2">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - IV</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> kl. mok.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="515F2ABA" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00906899" w:rsidP="00906899">
+            <w:r>
+              <w:t>20</w:t>
+            </w:r>
             <w:r w:rsidR="0081332A">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="0081332A">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00233102">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>nuotoliu</w:t>
-[...91 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005E780D">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>vasario</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t xml:space="preserve"> mėn.</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="7EEFAA22" w14:textId="77777777" w:rsidR="00233102" w:rsidRDefault="00233102" w:rsidP="00906899"/>
+          <w:p w14:paraId="4293B270" w14:textId="5E0FD662" w:rsidR="00233102" w:rsidRPr="00233102" w:rsidRDefault="00233102" w:rsidP="00906899">
+            <w:r>
+              <w:t xml:space="preserve">2025 gruodžio 11d. </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37315272" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="006F5AC2" w:rsidRDefault="006F5AC2" w:rsidP="00A14267">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>VIKO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A34BE7F" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="0081332A" w:rsidP="00A14267">
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t xml:space="preserve"> % mok., (tikslinė grupė)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="547CFB3B" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>Ugdysis karjeros planavimo kompetencijas.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59BEF241" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>Sužinos apie studijų programas ir mokymosi galimybes.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85503" w14:paraId="2EB047CB" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00D85503" w14:paraId="2EB047CB" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C839798" w14:textId="77777777" w:rsidR="006F5AC2" w:rsidRDefault="006F5AC2" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6F5B7DA1" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">4. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23EF7A68" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3537B76E" w14:textId="77777777" w:rsidR="006F5AC2" w:rsidRDefault="006F5AC2" w:rsidP="00A14267"/>
-          <w:p w14:paraId="3584D406" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="00062D0A" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+          <w:p w14:paraId="2A0B4E9A" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>VDU studijų programų pristatymas. Paskaitos gimnazistams. Vizitas gimnazijoje</w:t>
             </w:r>
             <w:r w:rsidR="0081332A" w:rsidRPr="00062D0A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="0081332A" w:rsidRPr="00062D0A">
+              <w:t xml:space="preserve"> arba nuotoliu.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56B1AC29" w14:textId="77777777" w:rsidR="00233102" w:rsidRDefault="00233102" w:rsidP="00A14267">
+            <w:pPr>
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t>arba</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="0081332A" w:rsidRPr="00062D0A">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3584D406" w14:textId="412237CE" w:rsidR="00233102" w:rsidRPr="00062D0A" w:rsidRDefault="00233102" w:rsidP="00A14267">
+            <w:pPr>
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="0081332A" w:rsidRPr="00062D0A">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t>nuotoliu</w:t>
-[...6 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Išvyka į VDU ŠA pedagoginių studijų pristatymas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="43C6B495" w14:textId="77777777" w:rsidR="006F5AC2" w:rsidRDefault="006F5AC2" w:rsidP="00A14267"/>
           <w:p w14:paraId="390AA021" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>I-II kl.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="67ADF052" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>III-IV kl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16E96DEE" w14:textId="77777777" w:rsidR="006F5AC2" w:rsidRDefault="006F5AC2" w:rsidP="00A14267"/>
-          <w:p w14:paraId="142B0BC5" w14:textId="001F40A3" w:rsidR="00D85503" w:rsidRDefault="00906899" w:rsidP="00A14267">
+          <w:p w14:paraId="53945688" w14:textId="59964DCB" w:rsidR="00D85503" w:rsidRDefault="00906899" w:rsidP="00A14267">
             <w:r>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="009C1BAB">
+            <w:r w:rsidR="00233102">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t xml:space="preserve"> vasario mėn.</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="32A96E82" w14:textId="77777777" w:rsidR="00233102" w:rsidRDefault="00233102" w:rsidP="00A14267"/>
+          <w:p w14:paraId="142B0BC5" w14:textId="20826FAD" w:rsidR="00233102" w:rsidRPr="00233102" w:rsidRDefault="00233102" w:rsidP="00A14267">
+            <w:r>
+              <w:t>2025 lapkr., 26</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="526F42E8" w14:textId="77777777" w:rsidR="006F5AC2" w:rsidRDefault="006F5AC2" w:rsidP="00A14267"/>
           <w:p w14:paraId="11669CEB" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>VDU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="289EA6A9" w14:textId="77777777" w:rsidR="006F5AC2" w:rsidRPr="00062D0A" w:rsidRDefault="006F5AC2" w:rsidP="00A14267"/>
           <w:p w14:paraId="696C5937" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="0081332A" w:rsidP="00A14267">
             <w:r w:rsidRPr="00062D0A">
               <w:t>14</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t xml:space="preserve"> % mok., (tikslinė grupė)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7CA7792E" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>Ugdysis karjeros kompetencijas.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3FE0D09F" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="007677AC" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Susipažins su studijų programomis, konkursinio balo sandara, priėmimo tvarka, mokymosi galimybėmis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85503" w14:paraId="47CEE258" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00D85503" w14:paraId="47CEE258" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3BBEFD08" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28FDDDEB" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E375B30" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>LSMU studijų programų pristatymas.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1CB1F99C" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="007677AC" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Vizitas gimnazijoje</w:t>
             </w:r>
             <w:r w:rsidR="0081332A">
@@ -8418,311 +7595,274 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> arba nuotoliu</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="72C19FD9" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>I-II kl.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="091E414B" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>III-IV kl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...10 lines deleted...]
-              </w:rPr>
+          </w:tcPr>
+          <w:p w14:paraId="68BB9EA7" w14:textId="4E36926A" w:rsidR="005E780D" w:rsidRPr="005E780D" w:rsidRDefault="005E780D" w:rsidP="00A14267">
+            <w:r>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="009C1BAB">
-[...26 lines deleted...]
-          <w:p w14:paraId="00C266A8" w14:textId="1865F377" w:rsidR="00D85503" w:rsidRDefault="00906899" w:rsidP="00A14267">
+            <w:r w:rsidR="00233102">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> vasario mėn.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00C266A8" w14:textId="59687241" w:rsidR="00D85503" w:rsidRDefault="00906899" w:rsidP="00A14267">
             <w:r>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="009C1BAB">
+            <w:r w:rsidR="00233102">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t xml:space="preserve"> balandžio mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3CE8E36B" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>LSMU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D69560A" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="0081332A" w:rsidP="00A14267">
             <w:r w:rsidRPr="00062D0A">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t xml:space="preserve"> % mok., (tikslinė grupė)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D169E97" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="007677AC" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>susipažins su studijų programomis, konkursinio balo sandara, priėmimo tvarka, mokymosi galimybėmis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85503" w14:paraId="35E00FFB" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00D85503" w14:paraId="35E00FFB" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66CE1B7D" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C017C3B" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3007938A" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="5B35F064" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t xml:space="preserve">VU  studijų programų pristatymas </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidR="0081332A" w:rsidRPr="00BA01BB">
+              <w:t>nuotoliu.</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="1615CA71" w14:textId="77777777" w:rsidR="00233102" w:rsidRDefault="00233102" w:rsidP="00A14267"/>
+          <w:p w14:paraId="7FE08D2F" w14:textId="77777777" w:rsidR="00233102" w:rsidRDefault="00233102" w:rsidP="00A14267"/>
+          <w:p w14:paraId="3007938A" w14:textId="2406CB23" w:rsidR="00233102" w:rsidRDefault="00233102" w:rsidP="00A14267">
+            <w:r w:rsidRPr="00BA01BB">
+              <w:t>Išvyka į VU pedagoginių studijų pristatymas.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DB3E023" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>I-II kl.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68AA71BC" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>III-IV kl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6DDA1D06" w14:textId="379A1C26" w:rsidR="00D85503" w:rsidRDefault="00906899" w:rsidP="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="292DB938" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00906899" w:rsidP="00A14267">
             <w:r>
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="009C1BAB">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t xml:space="preserve"> balandžio mėn.</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="364F85B0" w14:textId="77777777" w:rsidR="00233102" w:rsidRDefault="00233102" w:rsidP="00A14267"/>
+          <w:p w14:paraId="6DDA1D06" w14:textId="5B10A975" w:rsidR="00233102" w:rsidRPr="00233102" w:rsidRDefault="00233102" w:rsidP="00A14267">
+            <w:r>
+              <w:t xml:space="preserve">2025 gruodžio 11d. </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63986650" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>VU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="689A03EB" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="007677AC" w:rsidRDefault="0081332A" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -8730,1410 +7870,1011 @@
               </w:rPr>
               <w:t xml:space="preserve"> % mok., (tikslinė grupė)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="77954E0C" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="007677AC" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Susipažins su studijų programomis, konkursinio balo sandara, priėmimo tvarka, mokymosi galimybėmis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85503" w14:paraId="554956B4" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00D85503" w14:paraId="554956B4" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FD1E021" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61904AEC" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="77972004" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>MRU  studijų programų pristatymas, paskaitos. Vizitas gimnazijoje</w:t>
             </w:r>
             <w:r w:rsidR="0081332A" w:rsidRPr="00062D0A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
+              <w:t xml:space="preserve"> arba nuotoliu</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7BB422F3" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+            <w:r>
+              <w:t>I-II kl.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48ADBAE3" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+            <w:r>
+              <w:t>III-IV kl.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4BE784FC" w14:textId="5FF5513A" w:rsidR="006F5AC2" w:rsidRPr="006F5AC2" w:rsidRDefault="006F5AC2" w:rsidP="00A14267">
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00233102">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00E113D4">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...61 lines deleted...]
-            <w:r>
+            <w:r>
+              <w:t>lapkričio mėn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BE58E51" w14:textId="083333F5" w:rsidR="00D85503" w:rsidRDefault="00906899" w:rsidP="00A14267">
+            <w:r>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00233102">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...36 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t xml:space="preserve"> kovo mėn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="009179F1" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>MRU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67FFD516" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00906899" w:rsidP="00A14267">
             <w:r>
               <w:t>18</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t xml:space="preserve"> % mok., (tikslinė grupė)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C9E9238" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>Ugdysis karjeros kompetencijas.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A5C62DB" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="007677AC" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Susipažins su studijų programomis, konkursinio balo sandara, priėmimo tvarka, mokymosi galimybėmis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85503" w14:paraId="63087DA8" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00D85503" w14:paraId="63087DA8" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79902DD9" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">4. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B3BE4B4" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33C1A56F" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="00062D0A" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>LKA  studijų programų pristatymas.</w:t>
             </w:r>
             <w:r w:rsidR="0081332A" w:rsidRPr="00062D0A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...22 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> Nuotoliu. Arba</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="26F45736" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="007677AC" w:rsidRDefault="0081332A" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>v</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>izitas gimnazijoje.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06C27BD3" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>I-II kl.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E1512E2" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00906899" w:rsidP="00A14267">
             <w:r>
               <w:t>III-IV kl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="39826203" w14:textId="0ED0F5E6" w:rsidR="00D85503" w:rsidRDefault="00906899" w:rsidP="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="39826203" w14:textId="773603BD" w:rsidR="00D85503" w:rsidRDefault="00906899" w:rsidP="00A14267">
             <w:r>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00945474">
+            <w:r w:rsidR="00FF52D0">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
-              <w:t xml:space="preserve"> kovo mėn</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF52D0">
+              <w:t>kovo</w:t>
+            </w:r>
+            <w:r w:rsidR="00D85503">
+              <w:t xml:space="preserve"> mėn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59F6D4F2" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>LKA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D54292B" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>2 % mok., (tikslinė grupė)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="50BC4DFB" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="007677AC" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Susipažins su studijų programomis, konkursinio balo sandara, priėmimo tvarka, mokymosi galimybėmis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C61E07" w14:paraId="2980366B" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00C61E07" w14:paraId="2980366B" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57C99050" w14:textId="77777777" w:rsidR="00C61E07" w:rsidRDefault="00C61E07" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6AB237AF" w14:textId="77777777" w:rsidR="00C61E07" w:rsidRDefault="00C61E07" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="520F209F" w14:textId="248BE94C" w:rsidR="00C61E07" w:rsidRPr="00062D0A" w:rsidRDefault="00C61E07" w:rsidP="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="520F209F" w14:textId="17BC211A" w:rsidR="00C61E07" w:rsidRPr="00062D0A" w:rsidRDefault="00FF52D0" w:rsidP="00A14267">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00062D0A">
+            <w:r>
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t>Dalyvavimas</w:t>
-[...52 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Privalomos karo tarnybos komplektavimo skyriaus kariai apie tarnybą. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29634AC1" w14:textId="77777777" w:rsidR="00C61E07" w:rsidRPr="00C61E07" w:rsidRDefault="00C61E07" w:rsidP="00C61E07">
             <w:pPr>
-              <w:pStyle w:val="Heading1"/>
+              <w:pStyle w:val="Antrat1"/>
               <w:pBdr>
                 <w:top w:val="single" w:sz="2" w:space="0" w:color="E1E1E1"/>
                 <w:left w:val="single" w:sz="2" w:space="0" w:color="E1E1E1"/>
                 <w:bottom w:val="single" w:sz="2" w:space="0" w:color="E1E1E1"/>
                 <w:right w:val="single" w:sz="2" w:space="0" w:color="E1E1E1"/>
               </w:pBdr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="270" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C61E07">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lietuvos kariuomenė – merginų ir/ar vaikinų pasirinkimas? Kodėl verta rinktis?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6137A388" w14:textId="77777777" w:rsidR="00C61E07" w:rsidRPr="00C61E07" w:rsidRDefault="00C61E07" w:rsidP="00A14267">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E8974F2" w14:textId="77777777" w:rsidR="00C61E07" w:rsidRPr="00A856B7" w:rsidRDefault="00A856B7" w:rsidP="00A14267">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>I-IV kl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A5827E7" w14:textId="2B496293" w:rsidR="00C61E07" w:rsidRPr="006F5AC2" w:rsidRDefault="00A856B7" w:rsidP="00A14267">
-            <w:pPr>
-[...3 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="00945474">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="006F5AC2">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve"> spalio m</w:t>
+            </w:r>
             <w:r w:rsidR="006F5AC2">
+              <w:t>ėn.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52FFA767" w14:textId="6B046876" w:rsidR="00C61E07" w:rsidRPr="00547469" w:rsidRDefault="00A856B7" w:rsidP="00A14267">
+            <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>spalio</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="006F5AC2">
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="00547469">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> m</w:t>
-[...28 lines deleted...]
-              <w:t>L</w:t>
+              <w:t>INE</w:t>
             </w:r>
             <w:r w:rsidR="00547469">
-              <w:rPr>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>ŠA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-              <w:t>5</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="34C5F622" w14:textId="358ADA73" w:rsidR="00C61E07" w:rsidRPr="00A856B7" w:rsidRDefault="00FF52D0" w:rsidP="00A14267">
+            <w:r w:rsidRPr="00BA01BB">
+              <w:t>97 proc.,</w:t>
             </w:r>
             <w:r w:rsidR="00A856B7">
-              <w:rPr>
-[...21 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> dalyvaus renginyje ir susipažins su Lietuvos kariuomene bei galimais tarnybos būdais LT.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A856B7" w14:paraId="5E9AC0C9" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A856B7" w14:paraId="5E9AC0C9" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36B465F6" w14:textId="77777777" w:rsidR="00A856B7" w:rsidRDefault="00A856B7" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="41B865F5" w14:textId="77777777" w:rsidR="00A856B7" w:rsidRDefault="00A856B7" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A2C4ECE" w14:textId="1AC83C56" w:rsidR="00A856B7" w:rsidRDefault="00A856B7" w:rsidP="00A14267">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Dalyvavimas</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>Dalyvavimas L</w:t>
+            </w:r>
+            <w:r w:rsidR="00690B57">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> L</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00690B57">
+              <w:t>INEŠA</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>INEŠA</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> organizuojamuose renginiuose.</w:t>
+            </w:r>
+            <w:r w:rsidR="008430C6">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> Nuotoliu.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70D816C4" w14:textId="1EE9CA5C" w:rsidR="00A856B7" w:rsidRDefault="00A856B7" w:rsidP="00A14267">
+            <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>organizuojamuose</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>I-IV kl.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CEE468E" w14:textId="6F5A9C7D" w:rsidR="00A856B7" w:rsidRDefault="00A856B7" w:rsidP="00A14267">
+            <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>renginiuose</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008430C6">
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF52D0">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="008430C6">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Nuotoliu</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="008430C6">
+              <w:t>-202</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF52D0">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...13 lines deleted...]
-            <w:pPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t xml:space="preserve"> m.m.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C1577E6" w14:textId="78795A95" w:rsidR="00A856B7" w:rsidRDefault="00547469" w:rsidP="00A14267">
+            <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>I-IV kl.</w:t>
-[...13 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>LINE</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ŠA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EA582E0" w14:textId="77777777" w:rsidR="00A856B7" w:rsidRDefault="00A856B7" w:rsidP="00A14267">
+            <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008430C6">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...176 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve">Mokiniai, atsižvelgdami į savo poreikius, dalyvaus renginiuose. Ugdys UK kompetencijas. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85503" w14:paraId="5D6EE14F" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00D85503" w14:paraId="5D6EE14F" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="71E2D122" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="257DF7B2" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C94222E" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="00A856B7" w:rsidRDefault="00D85503" w:rsidP="00A14267">
-            <w:pPr>
-[...3 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Susitikimai su gimnaziją baigusiais mokiniais, dabar – </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>studentais bei absolventais (ALUMNAIS).</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Specialybių, profesijų pristatymas. Sėkmės istorijos, kitokios patirtys. </w:t>
             </w:r>
             <w:r w:rsidR="00A856B7">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Gimnazijoje arba nuotoliu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09F03999" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>I-II kl.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5FDE51DC" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>III-IV kl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6EF7565C" w14:textId="326409A3" w:rsidR="00A856B7" w:rsidRDefault="00906899" w:rsidP="00A856B7">
+          </w:tcPr>
+          <w:p w14:paraId="6EF7565C" w14:textId="17DC4D5D" w:rsidR="00A856B7" w:rsidRDefault="00906899" w:rsidP="00A856B7">
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00A856B7">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="008430C6">
+            <w:r w:rsidR="00FF52D0">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00A856B7">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="008430C6">
+            <w:r w:rsidR="00FF52D0">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00A856B7">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> m.m.</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21B907C7" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="526C169D" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>ALUMNAI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="4A7E6C05" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="00062D0A" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="4A7E6C05" w14:textId="1FB5A328" w:rsidR="00D85503" w:rsidRPr="00FF52D0" w:rsidRDefault="00D85503" w:rsidP="00FF52D0"/>
+          <w:p w14:paraId="6F02E743" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="00062D0A" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>ugdysis karjeros planavimo kompetencijas.</w:t>
-[...17 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">Bent </w:t>
             </w:r>
             <w:r w:rsidR="008E7161">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> Alumnai atvyks </w:t>
             </w:r>
             <w:r w:rsidR="00A856B7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">arba nuotoliu </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>pristatys savo patirtis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85503" w14:paraId="12FB6BB0" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00D85503" w14:paraId="12FB6BB0" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01C68A2A" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38AF2767" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00D85503"/>
           <w:p w14:paraId="32877276" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00D85503"/>
           <w:p w14:paraId="113EF3C2" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00D85503"/>
           <w:p w14:paraId="371A199E" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00D85503"/>
           <w:p w14:paraId="7F558874" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00D85503"/>
           <w:p w14:paraId="0F60C3FA" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00D85503"/>
           <w:p w14:paraId="0E4B0EA3" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00D85503"/>
           <w:p w14:paraId="707D3B42" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00D85503"/>
           <w:p w14:paraId="0F574E16" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00D85503">
             <w:r>
               <w:t>Mokinių profesinis  informavimas</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="235B6641" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00D85503"/>
           <w:p w14:paraId="046E914D" w14:textId="77777777" w:rsidR="008E7161" w:rsidRDefault="008E7161" w:rsidP="00D85503"/>
           <w:p w14:paraId="20C8E79A" w14:textId="77777777" w:rsidR="008E7161" w:rsidRDefault="008E7161" w:rsidP="008E7161"/>
           <w:p w14:paraId="5669D45D" w14:textId="77777777" w:rsidR="008E7161" w:rsidRDefault="008E7161" w:rsidP="008E7161"/>
           <w:p w14:paraId="3504D053" w14:textId="77777777" w:rsidR="008E7161" w:rsidRDefault="008E7161" w:rsidP="008E7161"/>
           <w:p w14:paraId="14B8C025" w14:textId="77777777" w:rsidR="008E7161" w:rsidRDefault="008E7161" w:rsidP="008E7161"/>
           <w:p w14:paraId="0EB00391" w14:textId="77777777" w:rsidR="008E7161" w:rsidRDefault="008E7161" w:rsidP="008E7161"/>
           <w:p w14:paraId="11858707" w14:textId="77777777" w:rsidR="008E7161" w:rsidRDefault="008E7161" w:rsidP="008E7161"/>
           <w:p w14:paraId="4A99D79B" w14:textId="77777777" w:rsidR="008E7161" w:rsidRDefault="008E7161" w:rsidP="008E7161"/>
           <w:p w14:paraId="0AF13AC4" w14:textId="77777777" w:rsidR="008E7161" w:rsidRDefault="008E7161" w:rsidP="008E7161"/>
           <w:p w14:paraId="6368226E" w14:textId="77777777" w:rsidR="008E7161" w:rsidRDefault="008E7161" w:rsidP="008E7161"/>
@@ -10145,3310 +8886,2806 @@
           <w:p w14:paraId="48C3789B" w14:textId="77777777" w:rsidR="008E7161" w:rsidRDefault="008E7161" w:rsidP="008E7161"/>
           <w:p w14:paraId="0DF69E11" w14:textId="77777777" w:rsidR="008E7161" w:rsidRDefault="008E7161" w:rsidP="008E7161"/>
           <w:p w14:paraId="491A97CA" w14:textId="77777777" w:rsidR="008E7161" w:rsidRDefault="008E7161" w:rsidP="008E7161"/>
           <w:p w14:paraId="1C3E0145" w14:textId="77777777" w:rsidR="008E7161" w:rsidRDefault="008E7161" w:rsidP="008E7161"/>
           <w:p w14:paraId="11C3623A" w14:textId="77777777" w:rsidR="008E7161" w:rsidRDefault="008E7161" w:rsidP="008E7161"/>
           <w:p w14:paraId="0F9BFA5A" w14:textId="77777777" w:rsidR="008E7161" w:rsidRDefault="008E7161" w:rsidP="008E7161"/>
           <w:p w14:paraId="6DE019C5" w14:textId="77777777" w:rsidR="008E7161" w:rsidRDefault="008E7161" w:rsidP="008E7161"/>
           <w:p w14:paraId="49499AEB" w14:textId="77777777" w:rsidR="008E7161" w:rsidRDefault="008E7161" w:rsidP="008E7161"/>
           <w:p w14:paraId="27C9090E" w14:textId="77777777" w:rsidR="008E7161" w:rsidRDefault="008E7161" w:rsidP="008E7161"/>
           <w:p w14:paraId="666D3633" w14:textId="77777777" w:rsidR="008E7161" w:rsidRDefault="008E7161" w:rsidP="008E7161"/>
           <w:p w14:paraId="06C533BF" w14:textId="77777777" w:rsidR="008E7161" w:rsidRDefault="008E7161" w:rsidP="008E7161"/>
           <w:p w14:paraId="565EEB78" w14:textId="77777777" w:rsidR="008E7161" w:rsidRDefault="008E7161" w:rsidP="008E7161">
             <w:r>
               <w:t>Mokinių profesinis  informavimas</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="127C4692" w14:textId="77777777" w:rsidR="008E7161" w:rsidRDefault="008E7161" w:rsidP="00D85503"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44ABF8B3" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Susitikimai gimnazijoje </w:t>
             </w:r>
             <w:r w:rsidR="00A856B7" w:rsidRPr="00A856B7">
               <w:t xml:space="preserve">arba nuotoliu </w:t>
             </w:r>
             <w:r>
               <w:t>su kolegijų atstovais pagal gimnazistų poreikius.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1470C492" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>I-II</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4531CAD6" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>III-IV kl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="223F5D9E" w14:textId="20C31D16" w:rsidR="00D85503" w:rsidRDefault="00906899" w:rsidP="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="223F5D9E" w14:textId="584B08F1" w:rsidR="00D85503" w:rsidRDefault="00906899" w:rsidP="00A14267">
             <w:r>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="003A7430">
+            <w:r w:rsidR="00FF52D0">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t xml:space="preserve"> kovo, balandžio mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73F7431F" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>Kolegijos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FD6FC76" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t xml:space="preserve">Bent 2 susitikimai su 2 kolegijų atstovais. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="25A032FB" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Susipažins su studijų programomis, konkursinio balo sandara, priėmimo tvarka, mokymosi galimybėmis.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DD08142" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="007677AC" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85503" w14:paraId="160EAD09" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00D85503" w14:paraId="160EAD09" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="525F06F1" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">4. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="229A3ABF" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11CC7A25" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="00A856B7" w:rsidRDefault="00D85503" w:rsidP="00A14267">
-            <w:pPr>
-[...3 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Išvykos į </w:t>
             </w:r>
             <w:r w:rsidR="00CF7642">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">Šiaulių </w:t>
             </w:r>
             <w:r w:rsidR="00E113D4">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>ŠTMC</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> skyrius: pažintiniai vizitai.</w:t>
             </w:r>
             <w:r w:rsidR="00A856B7" w:rsidRPr="00A856B7">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00A856B7" w:rsidRPr="00062D0A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t>Arba</w:t>
-[...5 lines deleted...]
-              </w:rPr>
+              <w:t>Arba susipa</w:t>
+            </w:r>
+            <w:r w:rsidR="00A856B7">
+              <w:t xml:space="preserve">žinimas su profesijomis, organizuojant pristatymus nuotoliu. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C769F3A" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DC76058" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+            <w:r>
+              <w:t>I-II kl.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04C7D595" w14:textId="72DEF449" w:rsidR="00D85503" w:rsidRDefault="00E44E06" w:rsidP="00A14267">
+            <w:r>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00A856B7">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF52D0">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-            </w:r>
             <w:r w:rsidR="00A856B7">
               <w:rPr>
-                <w:lang w:val="lt-LT"/>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>gruod</w:t>
+            </w:r>
             <w:r w:rsidR="00A856B7">
-              <w:rPr>
-[...61 lines deleted...]
-              </w:rPr>
               <w:t>žio</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t xml:space="preserve"> mėn.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01595ECB" w14:textId="27B0F18F" w:rsidR="00E44E06" w:rsidRDefault="00E44E06" w:rsidP="00A14267">
+          <w:p w14:paraId="01595ECB" w14:textId="587B45A4" w:rsidR="00E44E06" w:rsidRDefault="00E44E06" w:rsidP="00A14267">
             <w:r>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="003A7430">
+            <w:r w:rsidR="00FF52D0">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> balandžio</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C9644EC" w14:textId="77777777" w:rsidR="00E44E06" w:rsidRDefault="00E44E06" w:rsidP="00A14267">
             <w:r>
               <w:t>mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0BDEEDE7" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="00E113D4" w:rsidRDefault="00E113D4" w:rsidP="00A14267">
-            <w:pPr>
-[...7 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>ŠTMC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02595F88" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>Bent 2 pažintiniai vizitai suorganizuoti į Š</w:t>
             </w:r>
             <w:r w:rsidR="00E113D4">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>TM</w:t>
             </w:r>
             <w:r>
               <w:t>C</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39B2A91E" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="00062D0A" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+          <w:p w14:paraId="39B2A91E" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="00BA01BB" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:lang w:val="en-LT"/>
+                <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Susipažins su studijų programomis, priėmimo tvarka, mokymosi galimybėmis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85503" w14:paraId="3B72752C" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00D85503" w14:paraId="3B72752C" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C10E12D" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E9B49F3" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6670B782" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t xml:space="preserve">Dalyvavimas </w:t>
             </w:r>
             <w:r w:rsidR="00CF7642" w:rsidRPr="00CF7642">
               <w:t xml:space="preserve">Šiaulių </w:t>
             </w:r>
             <w:r w:rsidR="00E113D4">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>ŠTMC</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> „Studijų mugėje“.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D3CD3F7" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00E44E06" w:rsidP="00A14267">
             <w:r>
               <w:t>II kl. - 5</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t xml:space="preserve"> mok.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="719C671F" w14:textId="24DE3F45" w:rsidR="00D85503" w:rsidRDefault="00E44E06" w:rsidP="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="719C671F" w14:textId="7E218392" w:rsidR="00D85503" w:rsidRDefault="00E44E06" w:rsidP="00A14267">
             <w:r>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="003A7430">
+            <w:r w:rsidR="00FF52D0">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00F568CD">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t>kovo mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="182CF98A" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="00E113D4" w:rsidRDefault="00D85503" w:rsidP="00A14267">
-            <w:pPr>
-[...3 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:t>Š</w:t>
             </w:r>
             <w:r w:rsidR="00E113D4">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>TMC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="106DDE8E" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00E44E06" w:rsidP="00A14267">
             <w:r>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t xml:space="preserve"> % mok., (tikslinė grupė)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61FFA2A2" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="007677AC" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
+              <w:t xml:space="preserve">Susipažins su studijų programomis, priėmimo tvarka, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Susipažins su studijų programomis, priėmimo tvarka, mokymosi galimybėmis.</w:t>
+              <w:t>mokymosi galimybėmis.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="270F11C5" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="08298225" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85503" w14:paraId="14445ADE" w14:textId="77777777" w:rsidTr="00EF15EA">
+      <w:tr w:rsidR="00D85503" w14:paraId="14445ADE" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3105E783" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">4. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A8F4DDA" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76AA860C" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t xml:space="preserve">Pažintiniai vizitai į </w:t>
             </w:r>
             <w:r w:rsidR="00C844B9">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>VU</w:t>
             </w:r>
             <w:r>
               <w:t>Š</w:t>
             </w:r>
             <w:r w:rsidR="00C844B9">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> pagal mokinių poreikius.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06E5831B" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>I-II kl.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2DE36951" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>III-IV kl.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="084C1F59" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6B5B416B" w14:textId="01671757" w:rsidR="00D85503" w:rsidRDefault="00E44E06" w:rsidP="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="6B5B416B" w14:textId="26C17930" w:rsidR="00D85503" w:rsidRDefault="00E44E06" w:rsidP="00A14267">
             <w:r>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00730E0E">
+            <w:r w:rsidR="00FF52D0">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00E113D4">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t>kovo, balandžio mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26E98688" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="00E113D4" w:rsidRDefault="00E113D4" w:rsidP="00A14267">
-            <w:pPr>
-[...7 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>VUŠA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="67DACF05" w14:textId="5D4C78B8" w:rsidR="00D85503" w:rsidRDefault="00E44E06" w:rsidP="00A14267">
             <w:r>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t xml:space="preserve"> % mok., (tikslinės grupės)  apsilankys </w:t>
             </w:r>
             <w:r w:rsidR="00730E0E">
               <w:t>VU</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t>Š</w:t>
             </w:r>
             <w:r w:rsidR="00730E0E">
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5044D4D2" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>Susipažins su studijų programomis, priėmimo sąlygomis, mokymosi galimybėmis.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7BA56C9A" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>Susipažins su mokymosi aplinka, baze. Ugdysis karjeros planavimo, karjeros įgyvendinimo kompetencijas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85503" w14:paraId="787B0736" w14:textId="77777777" w:rsidTr="00EF15EA">
+      <w:tr w:rsidR="00D85503" w14:paraId="420DD9F3" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1D5EA0FC" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="22D08945" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5252AF13" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="352EF010" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-                <w:lang w:val="pt-BR"/>
+          </w:tcPr>
+          <w:p w14:paraId="64BC610A" w14:textId="689B6827" w:rsidR="00D85503" w:rsidRPr="00BA01BB" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Dalyvavimas V</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB05A3">
+              <w:t>ilnius</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D44B9C">
+              <w:t xml:space="preserve">TECH </w:t>
+            </w:r>
+            <w:r>
+              <w:t>atvirų durų dienos renginiuose. Karjeros diena V</w:t>
+            </w:r>
+            <w:r w:rsidR="00A729CF">
+              <w:t>ilnius</w:t>
+            </w:r>
+            <w:r w:rsidR="00D44B9C">
+              <w:t xml:space="preserve"> TECH</w:t>
+            </w:r>
+            <w:r w:rsidR="000B668E">
+              <w:t xml:space="preserve"> arba</w:t>
+            </w:r>
+            <w:r w:rsidR="008E7161" w:rsidRPr="00BA01BB">
+              <w:t xml:space="preserve"> nuotoliu.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29E3A48F" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+            <w:r>
+              <w:t>I-II kl.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D2CD951" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+            <w:r>
+              <w:t>III-IV kl.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C99CA52" w14:textId="71F186FE" w:rsidR="00D85503" w:rsidRDefault="00E44E06" w:rsidP="00A14267">
+            <w:r>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00C844B9">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00730E0E">
-[...39 lines deleted...]
-            <w:r w:rsidR="00C844B9">
+            <w:r w:rsidR="00FF52D0">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00D85503">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF7642">
+              <w:t>kovo</w:t>
+            </w:r>
+            <w:r w:rsidR="00F568CD">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D85503">
+              <w:t>mėn.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12F39A16" w14:textId="68A26127" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+            <w:r>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidR="00A729CF">
+              <w:t>ilnius</w:t>
             </w:r>
             <w:r w:rsidR="00D44B9C">
-              <w:rPr>
-[...25 lines deleted...]
-              <w:t>5</w:t>
+              <w:t xml:space="preserve"> TECH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="266AFFDB" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00E44E06" w:rsidP="00A14267">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
-              <w:t xml:space="preserve"> gegužės mėn.</w:t>
-[...38 lines deleted...]
-              <w:t>Ugdysis karjeros kompetencijas: savęs pažinimo, karjeros planavimo.</w:t>
+              <w:t xml:space="preserve"> % mok., (tikslinė grupė)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71E6416F" w14:textId="39956E09" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>susipažins su V</w:t>
+            </w:r>
+            <w:r w:rsidR="00D71C38">
+              <w:t>ilnius Tech</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> mokymo(-si) baze, laboratorijomis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2969271A" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Dalyvaus dėstytojų paskaitose. Ugdysis karjeros planavimo, savęs pažinimo kompetencijas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85503" w14:paraId="420DD9F3" w14:textId="77777777" w:rsidTr="00EF15EA">
+      <w:tr w:rsidR="00D85503" w14:paraId="15CC5ABD" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
-            </w:tcBorders>
-[...2 lines deleted...]
-          <w:p w14:paraId="22D08945" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="286F2063" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="352EF010" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="4A3A3906" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...53 lines deleted...]
-              <w:t>.</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="36AA8AD3" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Dalyvavimas pagal mokinių poreikius (ir skiriamas lėšas) kitose aukštųjų mokyklų atvirų durų dienose.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="29E3A48F" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="479C8CDB" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>I-II kl.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D2CD951" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+          <w:p w14:paraId="5BD47CFB" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>III-IV kl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00C844B9">
+          </w:tcPr>
+          <w:p w14:paraId="01CB97B5" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+            <w:r>
+              <w:t>Skelbia aukštosios mokyklos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A87AB28" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+            <w:r>
+              <w:t>Aukštosios mokyklos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41BE0469" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>6 % mok.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31BC09AF" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Susipažins su mokymosi baze, </w:t>
+            </w:r>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>studijų programomis.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D85503" w14:paraId="3510332C" w14:textId="77777777" w:rsidTr="00FF52D0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BC1C82B" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34290CB6" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00D85503"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25D97BF5" w14:textId="525CB77A" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+            <w:pPr>
+              <w:pStyle w:val="prastasis1"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Išvyka į „Litexpo“. </w:t>
+            </w:r>
+            <w:r w:rsidR="00E44E06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>„Studijos 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF52D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>“.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="237537AE" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+            <w:r>
+              <w:t>III-IV kl.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="62E5C13C" w14:textId="10DA3A69" w:rsidR="00D85503" w:rsidRDefault="00E44E06" w:rsidP="00A14267">
+            <w:r>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF52D0">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...5 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00CF7642">
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidR="00FF52D0">
+              <w:t xml:space="preserve">sausio </w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t>mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...10 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="23330F63" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>7</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="78E214B7" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00E44E06" w:rsidP="00A14267">
+            <w:r>
+              <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
-              <w:t xml:space="preserve"> % mok., (tikslinė grupė)</w:t>
-[...22 lines deleted...]
-              <w:t>Dalyvaus dėstytojų paskaitose. Ugdysis karjeros planavimo, savęs pažinimo kompetencijas.</w:t>
+              <w:t xml:space="preserve"> % mok., (tikslinė grupė) vyks ir</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1441A2D3" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="007677AC" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+            <w:pPr>
+              <w:pStyle w:val="prastasis1"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>susipažins su Lietuvos aukštosiomis mokyklomis, priėmimo sąlygomis, studijų programomis; mokymosi galimybėmis; konkursinio balo sandara.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85503" w14:paraId="15CC5ABD" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00D85503" w14:paraId="0B4EF553" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="286F2063" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="4987F381" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4A3A3906" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="7F957181" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...131 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:tcPr>
+          <w:p w14:paraId="2330534F" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+            <w:r>
+              <w:t xml:space="preserve">Renginys „Atvirų durų diena policijoje“, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="auto"/>
-[...34 lines deleted...]
-              <w:t>“.</w:t>
+              </w:rPr>
+              <w:t>Šiaulių apskrities vyriausiame policijos komisariate</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="237537AE" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="0FF8B154" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+            <w:r>
+              <w:t>I-II kl.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52B79CC3" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>III-IV kl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="62E5C13C" w14:textId="1A3FEDF4" w:rsidR="00D85503" w:rsidRDefault="00E44E06" w:rsidP="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="6905B5FC" w14:textId="49731593" w:rsidR="00D85503" w:rsidRDefault="00E44E06" w:rsidP="00A14267">
             <w:r>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00212A8E">
+            <w:r w:rsidR="00FF52D0">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...154 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t xml:space="preserve"> balandžio</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B2379E3" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B07BE2D" w14:textId="77777777" w:rsidR="00C844B9" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t xml:space="preserve">Šiaulių apskrities vyriausiasis policijos </w:t>
             </w:r>
             <w:r w:rsidRPr="0088306D">
               <w:t>komisaria</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="33178D7B" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r w:rsidRPr="0088306D">
               <w:t>tas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="299B65F3" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>3 % mok., (tikslinė grupė) vyks ir</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49A2F2F1" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="007677AC" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">sužinos apie priėmimo sąlygas į Lietuvos policijos mokyklą ir Mykolo Romerio </w:t>
-[...10 lines deleted...]
-              <w:t>universitetą. Susipažins su policininko psichologiniu portretu, policijos veikla, technika ir ginkluote, kinologo ir policininko profesija; susipažins su savanoriško saugos būrio veikla.</w:t>
+              <w:t>sužinos apie priėmimo sąlygas į Lietuvos policijos mokyklą ir Mykolo Romerio universitetą. Susipažins su policininko psichologiniu portretu, policijos veikla, technika ir ginkluote, kinologo ir policininko profesija; susipažins su savanoriško saugos būrio veikla.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC5FEA" w14:paraId="2983F8F2" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00CC5FEA" w14:paraId="2983F8F2" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F262899" w14:textId="77777777" w:rsidR="00CC5FEA" w:rsidRDefault="00CC5FEA" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25F05F4F" w14:textId="77777777" w:rsidR="00CC5FEA" w:rsidRDefault="00CC5FEA" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="11851891" w14:textId="77777777" w:rsidR="00CC5FEA" w:rsidRPr="00CC5FEA" w:rsidRDefault="00CC5FEA" w:rsidP="00A14267">
-            <w:pPr>
-[...7 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>Profesijų pristatymas nuotoliu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A0C355D" w14:textId="77777777" w:rsidR="00CC5FEA" w:rsidRDefault="00CC5FEA" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0167FD97" w14:textId="43002EEE" w:rsidR="00CC5FEA" w:rsidRPr="00CC5FEA" w:rsidRDefault="00CC5FEA" w:rsidP="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="0167FD97" w14:textId="510B0B20" w:rsidR="00CC5FEA" w:rsidRPr="00CC5FEA" w:rsidRDefault="00CC5FEA" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00212A8E">
+            <w:r w:rsidR="00FF52D0">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00C834AE">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="00212A8E">
+            <w:r w:rsidR="00FF52D0">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> m.</w:t>
             </w:r>
             <w:r w:rsidR="00C834AE">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>m.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D78444E" w14:textId="77777777" w:rsidR="00CC5FEA" w:rsidRDefault="00CC5FEA" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59E10B86" w14:textId="77777777" w:rsidR="00CC5FEA" w:rsidRPr="00CC5FEA" w:rsidRDefault="00CC5FEA" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Suorganizuoti</w:t>
-[...19 lines deleted...]
-              </w:rPr>
+              <w:t>Suorganizuoti bent 5 profesi</w:t>
+            </w:r>
+            <w:r>
               <w:t>jų pristatymai nuotoliu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85503" w14:paraId="07358F81" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00D85503" w14:paraId="07358F81" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="46F2354E" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54F3BF8F" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2608C311" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t xml:space="preserve">Veiklinimo užsiėmimų </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="39302F27" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>(pažintinių,  patyriminių, intensyviųjų</w:t>
             </w:r>
             <w:r w:rsidR="00CC5FEA">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> organizavimas.</w:t>
             </w:r>
             <w:r w:rsidR="00CC5FEA" w:rsidRPr="00CC5FEA">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>Po veiklų įgyvendinimo organizuojamos mokinių refleksijos.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="088DCC0E" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="42D9E33E" w14:textId="3B532339" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="3BEF972B" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="718717B2" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="66A50804" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="64316122" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="556853D4" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1E64DD3C" w14:textId="2875693D" w:rsidR="00D85503" w:rsidRDefault="0021055C" w:rsidP="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="1E64DD3C" w14:textId="3E782988" w:rsidR="00D85503" w:rsidRDefault="0021055C" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00CC5FEA">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00930FB8">
+            <w:r w:rsidR="00FF52D0">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="00930FB8">
+            <w:r w:rsidR="00FF52D0">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t xml:space="preserve"> m.m.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E880BE2" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="643CA2B5" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="053AF025" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="411B6E9E" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="546F7F8F" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="547D7AD2" w14:textId="4530F507" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6CDDBD60" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Socialiniai partneriai (SKU)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="11B70C15" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Naujų partnerių paieška, socialinių partnerių tinklo plėtimas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>Bent 4 nauji socialiniai partneriai</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="36572D03" w14:textId="3E3D25EC" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Bent </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF52D0">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> nauji socialiniai partneriai</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4966AC73" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="41D9F511" w14:textId="75C5CAD9" w:rsidR="00930FB8" w:rsidRPr="006730F7" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Bent </w:t>
             </w:r>
             <w:r w:rsidR="006730F7">
               <w:t>40</w:t>
             </w:r>
             <w:r w:rsidR="00930FB8">
               <w:t xml:space="preserve"> mok., dalyvaus patyriminaime profesiniame veiklinime, </w:t>
             </w:r>
             <w:r w:rsidR="006730F7">
               <w:t>intensyviame</w:t>
             </w:r>
             <w:r w:rsidR="003F6554">
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r w:rsidR="006730F7">
-              <w:t>bent 20 mokini</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">ų, pažintiniame bent po </w:t>
+              <w:t xml:space="preserve">bent 20 mokinių, pažintiniame bent po </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F4DD01C" w14:textId="5A2A01BF" w:rsidR="00D85503" w:rsidRPr="003F6554" w:rsidRDefault="00F568CD" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
-              <w:rPr>
-[...6 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="008D4C14">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003F6554">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">kartą dalyvaus kiekvienas gimnazistas. </w:t>
             </w:r>
-            <w:r w:rsidR="00CC5FEA">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00CC5FEA" w:rsidRPr="00BA01BB">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="6248B8AF" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="6248B8AF" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2CCEF1DD" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1A216AA4" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>Mokinių profesinis konsultavimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F04CC04" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>(Priemonės, leidžiančios pažinti individualias savybes, padedančios spręsti klausimus, susijusius su karjeros planavimu  (individualaus ugdymo plano arba karjeros/SKU plano sudarymas, refleksijos po veiklos ir kt.);</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46137AA6" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>priemonės, padedančios spręsti karjeros problemas, susijusias su socialiniais, sveikatos, psichologiniais ir kitais veiksniais (</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="__DdeLink__1452_3351132232"/>
             <w:r>
               <w:t>spec. poreikių  vaikų konsultavimas, bendradarbiavimas su pagalbos įstaigomis</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
             <w:r>
               <w:t>)</w:t>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7455158B" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F2878EB" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4EB3C023" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="60DEE6CA" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="72E2A737" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="72E2A737" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1AE20198" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B63ECE6" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="738414BC" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Konsultavimas IV kl. mokinių, rengiant/tęsiant, koreguojant individualų karjeros planą: per ugdymo karjerai dienas; temines klasių valandėles, per dalykų pamokas, integruojant ugdymą karjerai. Individualios konsultacijos mokiniams. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2D1C60C4" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>IV kl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="34B90B68" w14:textId="112832FD" w:rsidR="00A14267" w:rsidRDefault="0021055C" w:rsidP="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="34B90B68" w14:textId="3FE1EF8F" w:rsidR="00A14267" w:rsidRDefault="0021055C" w:rsidP="00A14267">
             <w:r>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="003C6AC7">
+            <w:r w:rsidR="00FF52D0">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t xml:space="preserve"> balandžio mėn. (UK dienos)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39F76435" w14:textId="6235C78C" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
+          <w:p w14:paraId="39F76435" w14:textId="5904B392" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00CC5FEA" w:rsidRPr="00CC5FEA">
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00AF3DD9">
+            <w:r w:rsidR="00FF52D0">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="0021055C">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00793B44">
               <w:t>spalio</w:t>
             </w:r>
             <w:r w:rsidR="0021055C">
               <w:t>, lapkričio, 202</w:t>
             </w:r>
-            <w:r w:rsidR="00AF3DD9">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> balandžio mėn teminės klasių valandėlės.</w:t>
+            <w:r w:rsidR="00FF52D0">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> balandžio mėn </w:t>
+            </w:r>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>teminės klasių valandėlės.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62CC0D68" w14:textId="19E6D303" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="492B4BE9" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D0C1086" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00CC5FEA" w:rsidP="00A14267">
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t xml:space="preserve"> % ketvirtokų parengs karjeros planus. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="24031FA4" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="24031FA4" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C35CE35" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3734B061" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B5F4D14" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Konsultavimas III kl. mokinių, rengiant/tęsiant, koreguojant individualų karjeros planą per ugdymo karjerai dienas; temines klasių valandėles, per dalykų pamokas, integruojant ugdymą karjerai. Karjeros plano forma  yra Asmenybės ūgties dienoraštyje, (AŪD), skiltyje „Mano karjera“. AŪD turi kiekvienas trečiokas.  Individualios konsultacijos mokiniams.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="121D0249" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7DED7452" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>III kl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="19946AC6" w14:textId="4BFB6ADF" w:rsidR="00A14267" w:rsidRDefault="0021055C" w:rsidP="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="19946AC6" w14:textId="0C5BCE15" w:rsidR="00A14267" w:rsidRDefault="0021055C" w:rsidP="00A14267">
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00CC5FEA">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00793B44">
+            <w:r w:rsidR="00FF52D0">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> lapkričio</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0141A602" w14:textId="62699295" w:rsidR="00A14267" w:rsidRDefault="0021055C" w:rsidP="00A14267">
+          <w:p w14:paraId="0141A602" w14:textId="1AA99C59" w:rsidR="00A14267" w:rsidRDefault="0021055C" w:rsidP="00A14267">
             <w:r>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00793B44">
+            <w:r w:rsidR="00FF52D0">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t xml:space="preserve"> balandžio mėn. (UK dienos)</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> 202</w:t>
             </w:r>
-            <w:r w:rsidR="00793B44">
+            <w:r w:rsidR="00FF52D0">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t xml:space="preserve"> gegužės mėn teminės klasių valandėlės.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E8A58D7" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C7F2033" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>100 % trečiokų parengs karjeros planus.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="795BF754" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="795BF754" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26E1ABA0" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A81D2D2" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Mokinių profesinis konsultavimas </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="218196E3" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="038638B8" w14:textId="46AC7A7B" w:rsidR="0021055C" w:rsidRPr="00CF7642" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">Konsultavimas II kl. mokinių, rengiant/tęsiant, koreguojant individualų karjeros planą per ugdymo karjerai dienas; </w:t>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> klasių valandėles</w:t>
+              <w:t>Konsultavimas II kl. mokinių, rengiant/tęsiant, koreguojant individualų karjeros planą per ugdymo karjerai dienas; temines klasių valandėles</w:t>
             </w:r>
             <w:r w:rsidR="00F64493">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>per dalykų pamokas, integruojant ugdymą karjerai. Karjeros plano forma  yra Asmenybės ūgties dienoraštyje, (AŪD), skiltyje „Mano karjera“. AŪD turi kiekvienas antrokas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F3A8B70" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">II kl. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1404220E" w14:textId="12E90472" w:rsidR="00A14267" w:rsidRDefault="0021055C" w:rsidP="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="1404220E" w14:textId="5D3D2D23" w:rsidR="00A14267" w:rsidRDefault="0021055C" w:rsidP="00A14267">
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00CC5FEA">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00811B74">
+            <w:r w:rsidR="00FF52D0">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t xml:space="preserve"> balandžio mėn. (UK dienos)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4479701B" w14:textId="65A3D43A" w:rsidR="00A14267" w:rsidRDefault="0021055C" w:rsidP="00A14267">
+          <w:p w14:paraId="4479701B" w14:textId="37C4FB22" w:rsidR="00A14267" w:rsidRDefault="0021055C" w:rsidP="00A14267">
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00CC5FEA" w:rsidRPr="00CC5FEA">
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00811B74">
-[...3 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="00EA3F20">
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> gruodžio mėn, 20</w:t>
             </w:r>
             <w:r w:rsidR="00CC5FEA" w:rsidRPr="00CC5FEA">
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00F568CD">
-[...3 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="00EA3F20">
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00C34E6A" w:rsidRPr="00C34E6A">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t>gegužės mėn., teminės klasių valandėlės.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="01CE8CA9" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6BF6E27E" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>100 % antrokų parengs karjeros planus.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="2119541D" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="2119541D" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="582C5683" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37FFC951" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6ADAE737" w14:textId="6D2FE2CC" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="6ADAE737" w14:textId="1AE31B0D" w:rsidR="00A14267" w:rsidRPr="00BA01BB" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-            </w:pPr>
-[...30 lines deleted...]
-              <w:t xml:space="preserve"> klasių valandėles</w:t>
+              <w:rPr>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Konsultavimas I kl. mokinių, rengiant individualų/preliminarų karjeros planą per ugdymo karjerai dienas; temines klasių valandėles</w:t>
             </w:r>
             <w:r w:rsidR="00811B74">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> per dalykų pamokas, integruojant ugdymą karjerai. </w:t>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6AE50B0F" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>I kl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...20 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          </w:tcPr>
+          <w:p w14:paraId="6FE635CF" w14:textId="46447B1B" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
+          <w:p w14:paraId="5B0419D7" w14:textId="5ADE9626" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
+            <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="008D5B5F" w:rsidRPr="008D5B5F">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00F86B2F">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r>
-              <w:t xml:space="preserve"> kovo mėn., teminės klasių valandėlės.</w:t>
+            <w:r w:rsidR="00EA3F20">
+              <w:t xml:space="preserve">-2026 m.m. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47603EC6" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5254FA76" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="008D5B5F" w:rsidP="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="5254FA76" w14:textId="646331BA" w:rsidR="00A14267" w:rsidRDefault="00EA3F20" w:rsidP="00A14267">
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:t xml:space="preserve">Bent </w:t>
+            </w:r>
+            <w:r w:rsidR="008D5B5F">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>50</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
-              <w:t xml:space="preserve"> % pirmokų parengs karjeros planus.</w:t>
+              <w:t xml:space="preserve"> % pirmokų parengs karjeros planus</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">, SPOTIESELF platformoje. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="37838A0C" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="37838A0C" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63BCAECE" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="588AFF9C" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="677CD74A" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="007677AC" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Konsultavimas per klasių valandėles: atliktų užduočių, testų aptarimas, analizė ir kt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B5C26FF" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>I-IV kl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5950DACE" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>Pagal klasių vadovių planus.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0DE6E655" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E1F0805" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t xml:space="preserve">Ugdys savęs pažinimo, karjeros galimybių pažinimo, karjeros planavimo, karjeros įgyvendinimo kompetencijas. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85503" w14:paraId="6EF4752B" w14:textId="77777777" w:rsidTr="00EF15EA">
+      <w:tr w:rsidR="00D85503" w14:paraId="6EF4752B" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C53CD4B" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">5. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45F79568" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Mokinių profesinis konsultavimas</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="462B847B" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E864A63" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="007677AC" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>Individualus mokinių konsultavimas pagal paskelbtą karjeros centro darbo grafiką arba sutartu laiku individualiai bei nuotoliniu būdu (el.paštu, el. dienynu "Tamo"</w:t>
+              <w:t xml:space="preserve">Individualus mokinių konsultavimas pagal paskelbtą karjeros centro darbo grafiką arba sutartu </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>laiku individualiai bei nuotoliniu būdu (el.paštu, el. dienynu "Tamo"</w:t>
             </w:r>
             <w:r w:rsidR="008D5B5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00C34E6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>virtualioje mokymosi aplinkoje</w:t>
             </w:r>
             <w:r w:rsidR="008D5B5F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
@@ -13485,176 +11722,175 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00C77D4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="50E07A6D" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>I-II kl.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4EC585DB" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>III-IV kl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0AAD0FBC" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
-              <w:t>Visus mokslo metus pagal individualų poreikį.</w:t>
+              <w:t xml:space="preserve">Visus mokslo metus pagal </w:t>
+            </w:r>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>individualų poreikį.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C41455D" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F0EBEC0" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t xml:space="preserve">Mažiausiai 18% mokinių </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53B8ADE8" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>gaus pagalbą sprendžiant iškilusias karjeros problemas; pildant individualų karjeros planą.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85503" w14:paraId="542B8964" w14:textId="77777777" w:rsidTr="00EF15EA">
+      <w:tr w:rsidR="00D85503" w14:paraId="542B8964" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="333FF54C" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37B2360F" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4AD0A1EF" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="007677AC" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Individualus ir konsultavimas</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
@@ -13700,2036 +11936,1788 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">karjeros plano rengimas/ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">koregavimas, atliktų užduočių, testų aptarimas, analizė ir kt., informacijos suteikimas pagal poreikį (stojimo sąlygas, konkursinio balo sandarą, mokymosi įstaigas, galimybes, perspektyvas ir kt., darbo rinką). </w:t>
             </w:r>
             <w:r w:rsidR="00433E8F" w:rsidRPr="00433E8F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gimnazijoje </w:t>
-[...89 lines deleted...]
-              <w:t xml:space="preserve"> Moodle</w:t>
+              <w:t>Gimnazijoje arba nuotoliu virtualioje mokymosi aplinkoje Moodle</w:t>
             </w:r>
             <w:r w:rsidR="00C77D4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40E1286A" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>I-II kl.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="18D83524" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>III-IV kl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="397B5642" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>Visus mokslo metus pagal individualų poreikį.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4BA8F3F3" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2BA3802E" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>Mažiausiai 18% mokinių. Mokiniai r</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>engs ir tobulins karjeros planus</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A792274" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>Gaus kokybišką informaciją į rūpimus klausimus.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85503" w14:paraId="7ACA3D74" w14:textId="77777777" w:rsidTr="00EF15EA">
+      <w:tr w:rsidR="00D85503" w14:paraId="7ACA3D74" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2542A596" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08D72052" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3FFF9F70" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="00433E8F" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Praktiniai užsiėmimai</w:t>
             </w:r>
             <w:r w:rsidR="00C34E6A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>, panaudojant IT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">: profesijos kryptingumo testų atlikimas, asmeninių savybių tyrimai. </w:t>
             </w:r>
-            <w:r w:rsidR="00433E8F" w:rsidRPr="00C34E6A">
-[...4 lines deleted...]
-                <w:lang w:val="en-LT"/>
+            <w:r w:rsidR="00433E8F" w:rsidRPr="00BA01BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Gimnazijoje arba nuotoliu virtualioje mokymosi aplinkoje Moodle.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C9467A0" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="007677AC" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Tinklapių apžvalga UK karjeros klausimais.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74583A17" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>I-II kl.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="77B983CE" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>III-IV kl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="230274FE" w14:textId="13085EFD" w:rsidR="00D85503" w:rsidRDefault="003302B7" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="008D5B5F" w:rsidRPr="00062D0A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="006368BF">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>gruodžio</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t xml:space="preserve"> mėn.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="304EF131" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5F87B220" w14:textId="77777777" w:rsidR="00C34E6A" w:rsidRDefault="00C34E6A" w:rsidP="003302B7">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="73C960D8" w14:textId="559F865D" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="003302B7">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="008D5B5F" w:rsidRPr="00062D0A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00E0624A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> m. sausio</w:t>
             </w:r>
             <w:r w:rsidR="003302B7">
               <w:t>, vasario</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">  mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F953BE7" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B27C2F0" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Mažiausiai 50% mokinių dalyvaus šiuose užsiėmimuose.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F6E6FF7" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>Ugdys karjeros kompetencijas: savęs pažinimo, karjeros galimybių paieškos, karjeros planavimo, karjeros įgyvendinimo.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85503" w14:paraId="41654649" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00D85503" w14:paraId="41654649" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3BA48C8B" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32B07EA6" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="37F76B17" w14:textId="65316FA4" w:rsidR="00D85503" w:rsidRPr="00CF7642" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>Spec. poreikių  vaikų konsultavimas</w:t>
             </w:r>
             <w:r w:rsidR="00433E8F" w:rsidRPr="00433E8F">
-              <w:t xml:space="preserve"> gimnazijoje arba nuotoliu virtualioje mokymosi aplinkoje Moodle.</w:t>
+              <w:t xml:space="preserve"> gimnazijoje arba nuotoliu virtualioje mokymosi aplinkoje.</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00433E8F">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r>
               <w:t>endradarbiavimas su pagalbos įstaigomis</w:t>
             </w:r>
             <w:r w:rsidR="00CF7642">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="29D42175" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="4A143FA6" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="05DA9B59" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2E866938" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I-IV kl.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="757F528C" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Visus mokslo metus pagal individualų poreikį.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="308EB075" w14:textId="77777777" w:rsidR="003302B7" w:rsidRDefault="003302B7" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6D144C0C" w14:textId="77777777" w:rsidR="003302B7" w:rsidRDefault="003302B7" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-              <w:t>Talkina specialioji pedagogė.</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="3EB65681" w14:textId="52C0CC1E" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Talkina specialioji pedagogė</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA3F20">
+              <w:t xml:space="preserve">, psichologė. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74216D26" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Gaus reikiamą PO pagalbą. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85503" w14:paraId="675AB745" w14:textId="77777777" w:rsidTr="00EF15EA">
+      <w:tr w:rsidR="00D85503" w14:paraId="675AB745" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6546458B" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53E6DC55" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>Mokyklos bendruomenės narių (adminis</w:t>
             </w:r>
             <w:r w:rsidR="005672F0">
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:t>tracijos, klasių vadovų, dalykų mokytojų ir kt.) vykdomų PO veiklų koordinavimas</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5A9F85DD" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="34DF5916" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="00433E8F" w:rsidRDefault="00D85503" w:rsidP="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="34DF5916" w14:textId="6822DD7B" w:rsidR="00D85503" w:rsidRPr="00433E8F" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Individualios ir konsultacijos grupėmis mokytojams/klasių vadovams ugdymo karjerai klausimais (pvz., informaciniai susirinkimai klasių vadovėms apie stojimo, priėmimo sąlygas ir t.t. praktiniai mokymai „Lama bpo sistema ir kiti informaciniai puslapiai“ ir kt.; pagalba rengiant informacinę medžiagą tėvams ugdymo karjerai klausimais). </w:t>
             </w:r>
             <w:r w:rsidR="00433E8F">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gimnazijoje </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00433E8F">
+              <w:t>Gimnazijoje arba nuotoliu virtualioje mokymosi aplinkoje</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA3F20">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>arba</w:t>
-[...67 lines deleted...]
-              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="776966BF" w14:textId="77777777" w:rsidR="005672F0" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>Mokytojai/</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2197B1B6" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="005672F0" w:rsidP="00A14267">
             <w:r>
               <w:t>kla</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t>sių vadovai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5389646A" w14:textId="61369EDB" w:rsidR="00D85503" w:rsidRDefault="005672F0" w:rsidP="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="5389646A" w14:textId="016848CF" w:rsidR="00D85503" w:rsidRDefault="005672F0" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00A90B6A" w:rsidRPr="00062D0A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="007B3C95">
+            <w:r w:rsidR="00EA3F20">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t xml:space="preserve"> rugsėjo, spalio mėn.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58DE136B" w14:textId="4BF07877" w:rsidR="00D85503" w:rsidRDefault="005672F0" w:rsidP="005672F0">
+          <w:p w14:paraId="58DE136B" w14:textId="4558D5EE" w:rsidR="00D85503" w:rsidRDefault="005672F0" w:rsidP="005672F0">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="007B3C95">
+            <w:r w:rsidR="00EA3F20">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t xml:space="preserve"> vasario mėn., ir visus mokslo metus pagal poreikį (t.y. pagal susidarytą klasės vadovo individualų planą).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A9BD2B3" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26EF0D46" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00CF7642" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>K</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t>lasės vadov</w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>ai</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t xml:space="preserve"> ir mokytojai pagal poreikį gaus reikiamą informaciją UK klausimais. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3BDCEDA7" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Gautą informaciją perteikiama auklėtiniams, mokiniams.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2595F47D" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="04D12A91" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Plėtojamos mokytojų kompetencijos, integruojant UK į dalykus; konsultuojant mokinius UK klausimais.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85503" w14:paraId="73BCBBBE" w14:textId="77777777" w:rsidTr="00EF15EA">
+      <w:tr w:rsidR="00D85503" w14:paraId="73BCBBBE" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E35AD8E" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0C4FF21D" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7207E79F" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t xml:space="preserve">Pagalba (teorinės žinios ir praktiniai patarimai) klasių vadovams darbui su auklėtiniais bei jų tėvais/globėjais ugdymo karjerai srityje. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="344DBB98" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>Klasių vadovai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25228139" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Visus mokslo metus pagal poreikį (t.y. pagal susidarytą klasės vadovo individualų planą).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37C43ABA" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E0DD54C" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85503" w14:paraId="149A7E0F" w14:textId="77777777" w:rsidTr="00EF15EA">
+      <w:tr w:rsidR="00D85503" w14:paraId="149A7E0F" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A7B60E2" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A40977D" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B008AFF" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>Pagalba organizuojant ar vedant klasių  valandėles (taip pat, pagal poreikį parengiami testai, užduotys, metodinės priemonės ugdymo karjerai temomis).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5EE14AC0" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03FD9A2B" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3310251C" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D6C7393" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85503" w14:paraId="4C838350" w14:textId="77777777" w:rsidTr="00EF15EA">
+      <w:tr w:rsidR="00D85503" w14:paraId="4C838350" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05E2CD02" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68DF8B1C" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="62E892A7" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>PO veiklų pristatymas (bei pristatymas socialinių partnerių</w:t>
             </w:r>
             <w:r w:rsidR="00433E8F" w:rsidRPr="00062D0A">
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:t>, gimnazijos mokytojų tarybos posėdžiuose.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F4EF693" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>Mokytojai, administracija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...4 lines deleted...]
-            </w:pPr>
+          </w:tcPr>
+          <w:p w14:paraId="63561A13" w14:textId="21BACD21" w:rsidR="00D85503" w:rsidRDefault="00EA3F20" w:rsidP="00A14267">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Pagal poreikį</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79333F56" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E11D0C9" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>100% dalyvavusieji, sužinos apie vykdomas veiklas, socialinius partnerius.  Žinos, kur kreiptis, vykdant UK veiklas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85503" w14:paraId="1657339E" w14:textId="77777777" w:rsidTr="00EF15EA">
+      <w:tr w:rsidR="00D85503" w14:paraId="1657339E" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C517B29" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CEED1B4" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40EF98F8" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>PO veiklų pristatymas administracijos posėdžiuose.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42CC2CDF" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>Administracija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="360F2683" w14:textId="3B10CC2D" w:rsidR="00D85503" w:rsidRPr="003824B5" w:rsidRDefault="005672F0" w:rsidP="005672F0">
+          </w:tcPr>
+          <w:p w14:paraId="360F2683" w14:textId="1930DDCF" w:rsidR="00D85503" w:rsidRPr="003824B5" w:rsidRDefault="005672F0" w:rsidP="005672F0">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00433E8F" w:rsidRPr="00062D0A">
               <w:t>2</w:t>
             </w:r>
+            <w:r w:rsidR="00EA3F20">
+              <w:t>5</w:t>
+            </w:r>
             <w:r w:rsidR="003824B5">
-              <w:t xml:space="preserve">4-2025 m.m. </w:t>
+              <w:t>-202</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA3F20">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="003824B5">
+              <w:t xml:space="preserve"> m.m. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E454CA6" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="439A6D12" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Sužinos apie vykdomas veiklas, teiks siūlymus. Bus tobulinamos UK veiklos gimnazijoje.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85503" w14:paraId="550EAC04" w14:textId="77777777" w:rsidTr="00EF15EA">
+      <w:tr w:rsidR="00D85503" w14:paraId="550EAC04" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A63F357" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="577B1A42" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28AB4506" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="007677AC" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Naudingos UK informacijos, naudingų nuorodų sklaida per “Tamo” dienyną. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D83B1FF" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>Mokytojai, bendruomenė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="50507407" w14:textId="3AC83139" w:rsidR="00D85503" w:rsidRDefault="00B81753" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>V</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t>isus mokslo metus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39801C11" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02C184C2" w14:textId="34138F70" w:rsidR="00D85503" w:rsidRDefault="001D5C63" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>9</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00BA01BB">
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t xml:space="preserve">% žinos, kur kreiptis vykdant veiklas. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85503" w14:paraId="716B0FE6" w14:textId="77777777" w:rsidTr="00EF15EA">
+      <w:tr w:rsidR="00D85503" w14:paraId="716B0FE6" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2EE9EF5F" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F90D8CA" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52D9AFF3" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>Pagalba organizuojant tikslines išvykas, profesinį veiklinimą; po veiklinimo – organizuojamos refleksijos (pildomi atsiliepimai, taip pat įvykdyta veikla fiksuojama asmenybės ūgties (AŪD dienoraštyje; ją fiksuoja ir aprašo pats mokinys).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="043FCCB5" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>Mokytojai, klasių vadovai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E9CDD8D" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Visus mokslo metus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02EC1AA1" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36C65301" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>100% visi I-III kl., gimnazistai bus užpildę AŪD skiltį profesinis veiklinimas ir lapą „Mano karjera“.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85503" w14:paraId="5B239828" w14:textId="77777777" w:rsidTr="00EF15EA">
+      <w:tr w:rsidR="00D85503" w14:paraId="5B239828" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="334DE6C9" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4E9B8D01" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="407D2CFD" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1D33C6A5" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="66586E86" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6994E890" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">6. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10AACD02" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03878066" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t xml:space="preserve">Pagalba klasės vadovui, kontroliuojant AŪD įrašus skiltyje „Mano karjera“. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00558527" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>Klasių vadovai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6BE1D034" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Visus mokslo metus</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="50FD4D15" w14:textId="30F07187" w:rsidR="00D85503" w:rsidRDefault="00F36CB8" w:rsidP="00A14267">
+          <w:p w14:paraId="50FD4D15" w14:textId="352F97E6" w:rsidR="00D85503" w:rsidRDefault="00F36CB8" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="001D128B">
+            <w:r w:rsidR="00EA3F20">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00D85503">
               <w:t xml:space="preserve"> gegužės mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2082FFF7" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5CA25855" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D85503" w14:paraId="33C9C104" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00D85503" w14:paraId="33C9C104" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F912A38" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F0D9190" w14:textId="77777777" w:rsidR="00433E8F" w:rsidRDefault="00433E8F" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="46963ED1" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Mokyklos bendruomenės narių (adminis</w:t>
             </w:r>
             <w:r w:rsidR="00F36CB8">
               <w:t>-</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">tracijos, klasių vadovų, dalykų mokytojų ir kt.) vykdomų </w:t>
-[...3 lines deleted...]
-              <w:t>PO veiklų koordinavimas</w:t>
+              <w:t>tracijos, klasių vadovų, dalykų mokytojų ir kt.) vykdomų PO veiklų koordinavimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CF4BB5C" w14:textId="77777777" w:rsidR="00433E8F" w:rsidRDefault="00433E8F" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="23C46D53" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="007677AC" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Pateikiama klasių vadovams/mokytojams informacija apie vykusius, nuolat vykstančius, vyksiančius renginius, bei informuojama apie jų dalyvavusius auklėtinius per “Tamo” dienyną ar individualiai.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="41A2C5C5" w14:textId="77777777" w:rsidR="00433E8F" w:rsidRDefault="00433E8F" w:rsidP="00A14267"/>
           <w:p w14:paraId="1C89EE63" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>Klasių vadovai/</w:t>
             </w:r>
             <w:r w:rsidR="0088306D">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>mokytojai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="728AFAF1" w14:textId="77777777" w:rsidR="00433E8F" w:rsidRDefault="00433E8F" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="58C9EB7B" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Visus mokslo metus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="555BB828" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3AB4B4A4" w14:textId="77777777" w:rsidR="00433E8F" w:rsidRDefault="00433E8F" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4182D6D0" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="007677AC" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -15738,214 +13726,205 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Remdamiesi gaunama informacija skatins mažiau įsitraukiančius auklėtinius, įsitraukti į vykdomas veiklas; patys inicijuos veiklas. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5377BE3B" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="007677AC" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
+              <w:t xml:space="preserve">Vykdoma sklaida: skelbiamos naujienos, aprašomi renginiai, informuojama apie vykstančius ir vyksiančius renginius, veiklas. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A14267" w14:paraId="1F605E41" w14:textId="77777777" w:rsidTr="00FF52D0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DFE794A" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
+            <w:r>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="067FE6A0" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
+            <w:r>
+              <w:t>Mokinių tėvų profesinis informavimas ir konsultavimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73BF3A53" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
+            <w:r>
+              <w:t>(pvz. karjeros specialistų/profesinio orientavimo koordinatorių dalyvavimas tėvų, klasės vadovo ar mokytojo pokalbiuose aptariant ind. mokinio pažangą) );</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">PO vykdomų veiklų (teikiamų paslaugų) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>pristatymas</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> tėvams/ globėjams, per „Tamo“ dienyną, susirinkimų, individualių konsultacijų metu;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A2D76D2" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
+            <w:r>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Vykdoma sklaida: skelbiamos naujienos, aprašomi renginiai, informuojama apie vykstančius ir vyksiančius renginius, veiklas. </w:t>
-            </w:r>
+              <w:t>informaciniai pranešimai tėvams apie  priėmimo tvarkas ir kt.; tėvų/globėjų individualus konsultavimas tiesiogiai ir/ar nuotoliniu būdu (el.paštu, el. dienynu ir pan.); p</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>okalbiai su tėvais</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> dėl mokinių individualaus mokymosi plano sudarymo ir kt.).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D3402BA" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F594209" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E470A0B" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4659195E" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="632F0F07" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="1F605E41" w14:textId="77777777" w:rsidTr="00D85503">
-[...148 lines deleted...]
-      <w:tr w:rsidR="00A14267" w14:paraId="4FD3E372" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="4FD3E372" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F0CADDE" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00D85503">
               <w:t xml:space="preserve">7. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3476F7B7" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5309E7B1" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3E0A64B1" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2FC5A9A7" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
@@ -15993,203 +13972,159 @@
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6368B400" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="42CE44E2" w14:textId="77777777" w:rsidR="00D85503" w:rsidRPr="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">7. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E35669E" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>Mokinių tėvų profesinis informavimas ir konsultavimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61AEB767" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t xml:space="preserve">PO vykdomų veiklų (teikiamų paslaugų) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>pristatymas</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> tėvams/ globėjams, per „Tamo“ dienyną.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06BEDBF0" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="630840C8" w14:textId="3E1BE86A" w:rsidR="00A14267" w:rsidRDefault="00F36CB8" w:rsidP="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="630840C8" w14:textId="7CBC0D82" w:rsidR="00A14267" w:rsidRDefault="00F36CB8" w:rsidP="00A14267">
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00E06322" w:rsidRPr="00062D0A">
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00DD43E6">
-              <w:t>4</w:t>
+            <w:r w:rsidR="00EA3F20">
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00DD43E6">
-[...7 lines deleted...]
-            </w:r>
             <w:r w:rsidR="00AB341A" w:rsidRPr="00062D0A">
               <w:t>lapkričio</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t xml:space="preserve"> mėn.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4EAA1425" w14:textId="2DA3C784" w:rsidR="00E90329" w:rsidRPr="00E90329" w:rsidRDefault="00E90329" w:rsidP="00A14267">
-[...8 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="4EAA1425" w14:textId="41DE00F3" w:rsidR="00E90329" w:rsidRPr="00E90329" w:rsidRDefault="00E90329" w:rsidP="00A14267">
+            <w:r>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00DD43E6">
-[...23 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidR="00EA3F20">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> sausio-kovo mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6DD3A0F6" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6AD2EF2E" w14:textId="29E93DB5" w:rsidR="00A14267" w:rsidRPr="007677AC" w:rsidRDefault="00D172D1" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>83</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -16197,490 +14132,450 @@
               </w:rPr>
               <w:t xml:space="preserve"> % tėvų</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="392EB49E" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="007677AC" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Sužinos apie karjeros centrą, vykdomas veiklas, teikiamas paslaugas; naudą.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="571DD707" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="571DD707" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0EC96249" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5ECC4423" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D5EE6B4" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t xml:space="preserve">PO vykdomų veiklų (teikiamų paslaugų) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>pristatymas/priminimas</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> tėvams/ globėjams, per susirinkimus. Informaciniai pranešimai tėvams apie  priėmimo tvarkas ir kt., aktualijas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1CC56820" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>I klasių mokinių tėvai</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C385A35" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="78E98123" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="310C0C69" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="3644D2D0" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>II-IV klasių mokinių tėvai.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          </w:tcPr>
+          <w:p w14:paraId="09585806" w14:textId="6A1D9BE7" w:rsidR="00A14267" w:rsidRDefault="00F36CB8" w:rsidP="00A14267">
+            <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00E06322" w:rsidRPr="00AB341A">
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00EB5ECE">
-[...3 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="00EA3F20">
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t xml:space="preserve"> gruodžio mėn.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D358538" w14:textId="4FDF0185" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
+          <w:p w14:paraId="1D358538" w14:textId="5D4EDDA4" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00F36CB8">
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00EB5ECE">
-[...3 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="00EA3F20">
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00F568CD">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>balandžio mėn.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2944812C" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
-          <w:p w14:paraId="441C47EE" w14:textId="6BAE6AA4" w:rsidR="00A14267" w:rsidRDefault="00F36CB8" w:rsidP="00A14267">
-[...1 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="441C47EE" w14:textId="671FDFB6" w:rsidR="00A14267" w:rsidRDefault="00F36CB8" w:rsidP="00A14267">
+            <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00E06322" w:rsidRPr="00E06322">
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00EB5ECE">
-[...3 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="00EA3F20">
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t xml:space="preserve"> lapkričio mėn.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C00523A" w14:textId="70DC5694" w:rsidR="00A14267" w:rsidRDefault="00F36CB8" w:rsidP="00A14267">
+          <w:p w14:paraId="0C00523A" w14:textId="501E8A9F" w:rsidR="00A14267" w:rsidRDefault="00F36CB8" w:rsidP="00A14267">
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00E06322" w:rsidRPr="00E06322">
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00EB5ECE">
+            <w:r w:rsidR="00EA3F20">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t xml:space="preserve"> gruodžio mėn.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="035F299B" w14:textId="1E50A6DE" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00F36CB8">
+          <w:p w14:paraId="035F299B" w14:textId="530C9819" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00F36CB8">
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00E06322" w:rsidRPr="00E06322">
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00EB5ECE">
+            <w:r w:rsidR="00EA3F20">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> balandžio mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74CBCB10" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="493A2803" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="007677AC" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sužinos apie stojimo ir priėmimo sąlygas, atvirų durų dienas, konkursinių balų sandarą, vykstančius, </w:t>
-[...10 lines deleted...]
-              <w:t>vyksiančius renginius, veiklas, naujoves ir kt., ras atsakymus į rūpimus klausimus. Bus suteikta profesionali pagalba mokiniams, bei jų tėvams/globė-jams, sprendžiant iškilusias karjeros problemas.</w:t>
+              <w:t>Sužinos apie stojimo ir priėmimo sąlygas, atvirų durų dienas, konkursinių balų sandarą, vykstančius, vyksiančius renginius, veiklas, naujoves ir kt., ras atsakymus į rūpimus klausimus. Bus suteikta profesionali pagalba mokiniams, bei jų tėvams/globė-jams, sprendžiant iškilusias karjeros problemas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="00A22001" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="00A22001" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2ECEFC83" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55BA06AE" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C9F19ED" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>Individualios konsultacijos tėvams/globėjams kartu su klasės vadovu, mokiniu ar be jų, karjeros centro darbo laiko metu ar sutartu laiku individualiai; konsultavimas nuotoliniu būdu.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5EB27555" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7F4C2EB8" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="7F4C2EB8" w14:textId="39805A22" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>Per visuotinius susirinkimus</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="28A937D0" w14:textId="0304424E" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
+            <w:r w:rsidR="00EA3F20">
+              <w:t xml:space="preserve"> pagal poreikį</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28A937D0" w14:textId="5318DA6B" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00E06322" w:rsidRPr="00062D0A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00EB5ECE">
+            <w:r w:rsidR="00EA3F20">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> lapkričio mėn.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7ECF00D9" w14:textId="526CEA81" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
+          <w:p w14:paraId="7ECF00D9" w14:textId="7D2E4A33" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00E06322" w:rsidRPr="00062D0A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00EB5ECE">
+            <w:r w:rsidR="00EA3F20">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> balandžio mėn.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="66608050" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>Individualiai pagal poreikį.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F276417" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="453796D4" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="4536FFF0" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="4536FFF0" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66B289CC" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A5D433B" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Mokinių tėvų profesinis informavimas ir konsultavimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16E917DC" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="007677AC" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Individualūs </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
@@ -16706,66 +14601,64 @@
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Informuojama apie jų dalyvavusius vaikus UK veiklose individualiai (esant poreikiui per el. dienyną “Tamo”).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0157C319" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1EE43F25" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>Per visuotinius susirinkimus</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35573699" w14:textId="711A478A" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00E06322" w:rsidRPr="00062D0A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00677CBC">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> lapkričio mėn.</w:t>
             </w:r>
@@ -16781,563 +14674,519 @@
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00677CBC">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> balandžio mėn.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5641135B" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>Individualiai pagal poreikį.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19907356" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55A56596" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>Pagalba rengiant individualų mokymosi planą.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="02FCF2FF" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="02FCF2FF" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A0568DC" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C94B57B" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="20032FAA" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="35484987" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="31397F6F" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="05DA926E" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="2D3035EB" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="2D913570" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="36BBE4F3" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="614B2142" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="1A47B8CC" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267"/>
           <w:p w14:paraId="4C891917" w14:textId="77777777" w:rsidR="00142900" w:rsidRDefault="00142900" w:rsidP="00A14267"/>
           <w:p w14:paraId="42945CEC" w14:textId="77777777" w:rsidR="00AB341A" w:rsidRDefault="00AB341A" w:rsidP="00A14267"/>
           <w:p w14:paraId="50BDB435" w14:textId="77777777" w:rsidR="00142900" w:rsidRDefault="00142900" w:rsidP="00A14267"/>
           <w:p w14:paraId="18B7335E" w14:textId="77777777" w:rsidR="00D85503" w:rsidRDefault="00D85503" w:rsidP="00A14267">
             <w:r>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="473A5605" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>Tėvų įtraukimas į mokinių PO veiklas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2402D27D" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00F36CB8" w:rsidP="00A14267">
             <w:r>
               <w:t>(E</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t>kskursijų į tėvų darbovietes, pokalbių organizavimas mokykloje; informacijos rinkimas apie tėvų darbovietes; tėvų įtraukimas į pamokų vedimą)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B51C2A1" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2AA45D53" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E9D13E3" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B10EA64" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="34BAB2BF" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="34BAB2BF" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D02CD12" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F81FA5E" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="286EB5ED" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t xml:space="preserve">Tėvams sutikus, apklausų organizavimas apie darbovietes  (klasių ar visuotinių susirinkimų metu) dėl galimybės priimti mokinių grupes ar kelis mokinius į darbovietes (profesiniam veiklinimui,   projektams). </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A460D67" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2C7D0D20" w14:textId="31FBAAAB" w:rsidR="00F36CB8" w:rsidRDefault="00F36CB8" w:rsidP="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="2C7D0D20" w14:textId="1BDBEBAB" w:rsidR="00F36CB8" w:rsidRDefault="00F36CB8" w:rsidP="00A14267"/>
+          <w:p w14:paraId="546D3CE5" w14:textId="4DCB7DCB" w:rsidR="00A14267" w:rsidRDefault="00F36CB8" w:rsidP="00A14267">
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00E06322" w:rsidRPr="00E06322">
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00677CBC">
-[...6 lines deleted...]
-          <w:p w14:paraId="546D3CE5" w14:textId="0D8451D4" w:rsidR="00A14267" w:rsidRDefault="00F36CB8" w:rsidP="00A14267">
+            <w:r w:rsidR="00EA3F20">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00A14267">
+              <w:t xml:space="preserve"> gruodžio mėn.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DC606D6" w14:textId="777E154D" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00E06322" w:rsidRPr="00E06322">
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00677CBC">
-[...17 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="00EA3F20">
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> balandžio mėn.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3101444B" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="18A5B12A" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
           <w:p w14:paraId="278A496A" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F2F20F9" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E10FCDF" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:r>
               <w:t xml:space="preserve">Bent </w:t>
             </w:r>
             <w:r w:rsidR="00E06322" w:rsidRPr="00E06322">
               <w:t xml:space="preserve">3 </w:t>
             </w:r>
             <w:r>
               <w:t>tėvų įmonėse/įstai</w:t>
             </w:r>
             <w:r w:rsidR="00A14267">
               <w:t>gose mokinių grupės ar keli mokiniai atliks  profesinį veiklinimą.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7CC1DFFC" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>Aktyviau įsitrauks į gimnazistų profesinį veiklinimą.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="68F8B76D" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="68F8B76D" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="796807F3" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2705E8D2" w14:textId="77777777" w:rsidR="00AB341A" w:rsidRDefault="00AB341A" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="28C17737" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Tėvų įtraukimas į mokinių PO veiklas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="210731EE" w14:textId="77777777" w:rsidR="00AB341A" w:rsidRDefault="00AB341A" w:rsidP="00A14267"/>
           <w:p w14:paraId="2C132CBD" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>Tėvai pristato savo profesiją (pagal galimybes ir praktiškai). Integracija į mokomuosius dalykus/nepamokinę veiklą.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76A807C1" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="273E60B0" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
-          <w:p w14:paraId="1F10173B" w14:textId="05552311" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
+          <w:p w14:paraId="1F10173B" w14:textId="3B30165F" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00E06322">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00677CBC">
+            <w:r w:rsidR="00EA3F20">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> balandžio mėn.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4757FD5D" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="159FA4D7" w14:textId="77777777" w:rsidR="00AB341A" w:rsidRDefault="00AB341A" w:rsidP="00A14267"/>
           <w:p w14:paraId="28838D98" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>Bent 2 tėvai pristatys savo profesiją.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59DBD09E" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>Aktyviau įsitrauks į gimnazistų profesinį veiklinimą.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60DF136A" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="4E6E2937" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="4E6E2937" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28A1BC59" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FC35D73" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64E4EAAE" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="007677AC" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005961D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -17352,784 +15201,573 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>nformacija apie vykusius, nuolat vykstančius, vyksiančius renginius</w:t>
             </w:r>
             <w:r w:rsidR="005961D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> informacija prieinama viešai. Skelbiama gimnazijos puslapyje, skiltyje veiklos kalendorius, gimnazijos Facebook‘o paskyroje. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D0BF040" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E0C9554" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>Visus mokslo metus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13C97556" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32A71219" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>Vykdoma sklaida: skelbiamos naujienos, informuojama apie vykstančius ir vyksiančius renginius, veiklas. Aktyvinamas tėvų įsitraukimas į UK veiklas.</w:t>
+              <w:t xml:space="preserve">Vykdoma sklaida: skelbiamos naujienos, informuojama apie vykstančius ir vyksiančius </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>renginius, veiklas. Aktyvinamas tėvų įsitraukimas į UK veiklas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0088306D" w14:paraId="12D4C98F" w14:textId="77777777" w:rsidTr="00EF15EA">
+      <w:tr w:rsidR="0088306D" w14:paraId="12D4C98F" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="732FFE8A" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">9. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1344F2FD" w14:textId="77777777" w:rsidR="000B5E9E" w:rsidRDefault="000B5E9E" w:rsidP="00A14267"/>
           <w:p w14:paraId="572A9B51" w14:textId="77777777" w:rsidR="000B5E9E" w:rsidRDefault="000B5E9E" w:rsidP="00A14267"/>
           <w:p w14:paraId="1895503D" w14:textId="77777777" w:rsidR="000B5E9E" w:rsidRDefault="000B5E9E" w:rsidP="00A14267"/>
           <w:p w14:paraId="3333F786" w14:textId="77777777" w:rsidR="000B5E9E" w:rsidRDefault="000B5E9E" w:rsidP="00A14267"/>
           <w:p w14:paraId="6BAB8E78" w14:textId="77777777" w:rsidR="000B5E9E" w:rsidRDefault="000B5E9E" w:rsidP="00A14267"/>
           <w:p w14:paraId="2F8573AD" w14:textId="77777777" w:rsidR="000B5E9E" w:rsidRPr="000B5E9E" w:rsidRDefault="000B5E9E" w:rsidP="00A14267">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DB384D9" w14:textId="761D75CE" w:rsidR="0088306D" w:rsidRDefault="00A2159F" w:rsidP="00A14267">
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="0088306D">
               <w:t xml:space="preserve">rojektinės veiklos, neformaliojo švietimo, suderinto su ugdymu karjerai, organizavimas </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5AFC39DE" w14:textId="77777777" w:rsidR="008C5229" w:rsidRDefault="008C5229" w:rsidP="00A14267"/>
           <w:p w14:paraId="1944ECF7" w14:textId="77777777" w:rsidR="008C5229" w:rsidRDefault="008C5229" w:rsidP="00A14267"/>
           <w:p w14:paraId="0443881D" w14:textId="77777777" w:rsidR="008C5229" w:rsidRDefault="008C5229" w:rsidP="00A14267"/>
           <w:p w14:paraId="2DC985D8" w14:textId="77777777" w:rsidR="008C5229" w:rsidRDefault="008C5229" w:rsidP="00A14267"/>
           <w:p w14:paraId="272089FC" w14:textId="77777777" w:rsidR="008C5229" w:rsidRDefault="008C5229" w:rsidP="00A14267"/>
-          <w:p w14:paraId="265A4C36" w14:textId="772A5E12" w:rsidR="008C5229" w:rsidRDefault="00A2159F" w:rsidP="008C5229">
-[...7 lines deleted...]
-          </w:p>
           <w:p w14:paraId="712A67EA" w14:textId="77777777" w:rsidR="008C5229" w:rsidRDefault="008C5229" w:rsidP="00A14267"/>
           <w:p w14:paraId="02E173F9" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="000B5E9E"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E2AC398" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>(Karjeros dienų, „Protų mūšių“ konkursų, konferencijų mokiniams organizavimas, dalykinių būrelių, STEAM programų, projektų įgyvendinimas,  orientacinių žaidimų vedimas)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="699E512C" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="799CE33E" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12C6AEB2" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B28AF2A" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0088306D" w14:paraId="7565CB1D" w14:textId="77777777" w:rsidTr="00EF15EA">
+      <w:tr w:rsidR="0088306D" w14:paraId="7565CB1D" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08452AA0" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6080EE07" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...10 lines deleted...]
-              </w:rPr>
+          </w:tcPr>
+          <w:p w14:paraId="4D385B55" w14:textId="18874ECA" w:rsidR="0088306D" w:rsidRPr="000B5E9E" w:rsidRDefault="000B5E9E" w:rsidP="00A14267">
+            <w:r>
               <w:t>Veiklos bei mokinių dalyvavimas fiksuojamas</w:t>
             </w:r>
             <w:r w:rsidR="008D0FB8">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+              <w:t xml:space="preserve"> AŪD</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA3F20">
+              <w:t>, SKU TAMO</w:t>
+            </w:r>
+            <w:r w:rsidR="008D0FB8">
+              <w:t>. M</w:t>
+            </w:r>
+            <w:r>
+              <w:t>okinys apie savo asmeninį dalyvavimą vienoje ar kitoje veikloje, pažymi savo AŪD</w:t>
+            </w:r>
+            <w:r w:rsidR="00226E33">
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...30 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0614AF16" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:r>
               <w:t xml:space="preserve"> I-IV kl. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="628DA559" w14:textId="31C3D416" w:rsidR="0088306D" w:rsidRDefault="000B5E9E" w:rsidP="00F36CB8">
+          </w:tcPr>
+          <w:p w14:paraId="628DA559" w14:textId="0E04057F" w:rsidR="0088306D" w:rsidRDefault="000B5E9E" w:rsidP="00F36CB8">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00ED7445">
+            <w:r w:rsidR="00EA3F20">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="00ED7445">
+            <w:r w:rsidR="00EA3F20">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> m.m.</w:t>
             </w:r>
             <w:r w:rsidR="00F36CB8">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F0D36AC" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68F7618A" w14:textId="6AE7EB0F" w:rsidR="0088306D" w:rsidRDefault="000B5E9E" w:rsidP="00F36CB8">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="000B5E9E">
               <w:t xml:space="preserve">100 </w:t>
             </w:r>
             <w:r w:rsidR="0088306D">
               <w:t>% mokinių dalyvau</w:t>
             </w:r>
             <w:r w:rsidRPr="000B5E9E">
               <w:t>ja</w:t>
             </w:r>
             <w:r w:rsidR="0088306D">
               <w:t xml:space="preserve"> UK veiklose.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0088306D" w14:paraId="0C9DE4B6" w14:textId="77777777" w:rsidTr="00EF15EA">
-[...145 lines deleted...]
-      <w:tr w:rsidR="0088306D" w14:paraId="18417912" w14:textId="77777777" w:rsidTr="00226E33">
+      <w:tr w:rsidR="0088306D" w14:paraId="18417912" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:trPr>
           <w:trHeight w:val="2512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="205BBEAF" w14:textId="77777777" w:rsidR="008C5229" w:rsidRDefault="008C5229" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7AAF0BA0" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="285DE0FA" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:r>
               <w:t>STEAM programų ir projektų įgyvendinimas. (Parengta atskira STEAM įgyvendinimo programa, planuotos veiklos).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="348CA738" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="12F7E55D" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="4B26E857" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="2EAC3D5B" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="20BA872E" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF3333"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2EE0AF40" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF3333"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7CB00549" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00226E33"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="07CE6D8F" w14:textId="0A34750F" w:rsidR="00010F63" w:rsidRDefault="00010F63" w:rsidP="00A14267">
-            <w:pPr>
-[...7 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>IV c</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07C7B5F6" w14:textId="5675FF42" w:rsidR="00F568CD" w:rsidRDefault="00F568CD" w:rsidP="00A14267">
-            <w:pPr>
-[...7 lines deleted...]
-              </w:rPr>
+            <w:r>
               <w:t>III c</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="139C5C30" w14:textId="77777777" w:rsidR="00737225" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:r>
               <w:t xml:space="preserve">II c </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="70894B4A" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:r>
               <w:t xml:space="preserve">Ic </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E1A5C61" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="3456D0E0" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="019800D6" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="3F64D4F4" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="1A4A6BDC" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="3418A659" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="30B26C7D" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="47F8CE2D" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00226E33"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2F0A7B3A" w14:textId="3B9457E8" w:rsidR="0088306D" w:rsidRPr="00062D0A" w:rsidRDefault="00737225" w:rsidP="00A14267">
+          </w:tcPr>
+          <w:p w14:paraId="2F0A7B3A" w14:textId="26A3D004" w:rsidR="0088306D" w:rsidRPr="00062D0A" w:rsidRDefault="00737225" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00062D0A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00010F63">
+            <w:r w:rsidR="00EA3F20">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00062D0A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t>-202</w:t>
             </w:r>
-            <w:r w:rsidR="00010F63">
+            <w:r w:rsidR="00EA3F20">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00062D0A">
               <w:rPr>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve"> m.m.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4026229B" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="120A798A" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="36E565D2" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="197FF618" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
@@ -18140,891 +15778,774 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="5D10B129" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="646965CF" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3A738FF7" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00226E33">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E66C16E" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Partneriai: miesto įmonės, organiza-cijos, švietimo įstaigos, kiti socialiniai partneriai.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="47179CD6" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00226E33">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6FE88B97" w14:textId="07AEC2DB" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4740157E" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Apie įvykdytas veiklas detaliai skelbiama ataskaitoje. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0085635C" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C5229" w14:paraId="15244DB8" w14:textId="77777777" w:rsidTr="008C5229">
+      <w:tr w:rsidR="008C5229" w14:paraId="15244DB8" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:trPr>
           <w:trHeight w:val="835"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22CE674E" w14:textId="77777777" w:rsidR="008C5229" w:rsidRDefault="008C5229" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="635DF06A" w14:textId="77777777" w:rsidR="008C5229" w:rsidRDefault="008C5229" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25DD093C" w14:textId="577A16D2" w:rsidR="008C5229" w:rsidRPr="008C5229" w:rsidRDefault="008C5229" w:rsidP="00A14267">
-            <w:pPr>
-[...4 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Ateities</w:t>
-[...2 lines deleted...]
-            <w:r>
+              <w:t>Ateities in</w:t>
+            </w:r>
+            <w:r>
+              <w:t>žinerija, bendrabiaujant su  V</w:t>
+            </w:r>
+            <w:r w:rsidR="00B81753">
+              <w:t>ilnius Tech</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BB80230" w14:textId="77777777" w:rsidR="008C5229" w:rsidRPr="008C5229" w:rsidRDefault="008C5229" w:rsidP="00A14267">
+            <w:r>
+              <w:t xml:space="preserve">I-IV kl. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D38B88A" w14:textId="0880E0AB" w:rsidR="008C5229" w:rsidRDefault="008C5229" w:rsidP="00A14267">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> in</w:t>
-[...79 lines deleted...]
-              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA3F20">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>202</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0037074A">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>-202</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA3F20">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>-202</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0037074A">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> m.m.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="140C5C74" w14:textId="540E09EE" w:rsidR="008C5229" w:rsidRPr="008C5229" w:rsidRDefault="008C5229" w:rsidP="00A14267">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> m.m.</w:t>
-[...14 lines deleted...]
-              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidR="009128EA">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>V</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="009128EA">
+              <w:t>ilnius Tech</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39438B35" w14:textId="0F726434" w:rsidR="008C5229" w:rsidRDefault="0037074A" w:rsidP="00A14267">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>ilnius Tech</w:t>
-[...20 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Bent </w:t>
+            </w:r>
+            <w:r w:rsidR="008C5229">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bent </w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="008C5229">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...5 lines deleted...]
-              <w:t>0</w:t>
+              <w:t xml:space="preserve"> mokini</w:t>
             </w:r>
             <w:r w:rsidR="008C5229">
-              <w:rPr>
-[...15 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">ų parengs </w:t>
             </w:r>
             <w:r w:rsidR="00A5339A">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>inžinerinius projektus, „pasimatuos“ inžinerines profesijas.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F404B84" w14:textId="77777777" w:rsidR="00226E33" w:rsidRDefault="00226E33" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="109DE9F0" w14:textId="77777777" w:rsidR="00226E33" w:rsidRPr="008C5229" w:rsidRDefault="00226E33" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0088306D" w14:paraId="2C5C92C0" w14:textId="77777777" w:rsidTr="00E122E2">
+      <w:tr w:rsidR="0088306D" w14:paraId="2C5C92C0" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:trPr>
           <w:trHeight w:val="834"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2CC641CB" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CD6DA31" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="697D74A5" w14:textId="19C03D1B" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CF0DEE5" w14:textId="7EF4E6C8" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0FA3C1D3" w14:textId="14468CC8" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00F36CB8">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39E89C5A" w14:textId="71938D60" w:rsidR="0088306D" w:rsidRPr="00750FA1" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2BC2F799" w14:textId="44A388F8" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="71A16652" w14:textId="77777777" w:rsidR="00226E33" w:rsidRDefault="00226E33" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="57DF4B67" w14:textId="77777777" w:rsidR="00226E33" w:rsidRDefault="00226E33" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="1F83E820" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="1F83E820" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76768B8A" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3CD42B63" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="3291515A" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="0BEAC21D" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="482592E6" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64815C84" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="0088306D">
             <w:r>
               <w:t>Dalijimasis gerąja darbo patirtimi</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="51C7216C" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:ind w:left="178" w:hanging="178"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5F5A1488" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:ind w:left="178" w:hanging="178"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1DD29F9E" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="0096361E"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="34422DB1" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>(konferencijų organizavimas; pranešimų rengimas konferencijoms, dalyvavimas jose)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="69DFA91A" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4467476D" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="492BF98A" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3710EDEA" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="48AD5F35" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="48AD5F35" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="226CDD5B" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4574BBB5" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:ind w:left="178" w:hanging="178"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A51EBD1" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>Pasidalijimas gerąja patirtimi metodinėje grupėje.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="23D07B55" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>Pagal poreikį ir nuotoliniu būdu.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10182D85" w14:textId="77777777" w:rsidR="00226E33" w:rsidRDefault="00226E33" w:rsidP="00A14267"/>
           <w:p w14:paraId="0A96FF4B" w14:textId="77777777" w:rsidR="0093318E" w:rsidRDefault="0093318E" w:rsidP="00A14267"/>
           <w:p w14:paraId="5DCC87A8" w14:textId="77777777" w:rsidR="0093318E" w:rsidRDefault="0093318E" w:rsidP="00A14267"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A7D26B4" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Metodinės grupės nariai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E4285BA" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Pagal poreikį ir susitarimą</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59113591" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0440E567" w14:textId="468C3840" w:rsidR="00A14267" w:rsidRDefault="00984E19" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Aktyvus dalyvavimas metodinės grupės veiklose. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0088306D" w14:paraId="5724EBFD" w14:textId="77777777" w:rsidTr="00EF15EA">
+      <w:tr w:rsidR="0088306D" w14:paraId="5724EBFD" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E2A5656" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="793EF229" w14:textId="77777777" w:rsidR="008C5229" w:rsidRDefault="008C5229" w:rsidP="00A14267"/>
           <w:p w14:paraId="7EDD15B0" w14:textId="77777777" w:rsidR="008C5229" w:rsidRDefault="008C5229" w:rsidP="00A14267"/>
           <w:p w14:paraId="0295F874" w14:textId="77777777" w:rsidR="008C5229" w:rsidRDefault="008C5229" w:rsidP="00A14267"/>
           <w:p w14:paraId="4E6922D3" w14:textId="77777777" w:rsidR="008C5229" w:rsidRDefault="008C5229" w:rsidP="00A14267"/>
           <w:p w14:paraId="3269EAB2" w14:textId="77777777" w:rsidR="008C5229" w:rsidRDefault="008C5229" w:rsidP="00A14267"/>
           <w:p w14:paraId="245D8AAE" w14:textId="77777777" w:rsidR="008C5229" w:rsidRDefault="008C5229" w:rsidP="00A14267"/>
           <w:p w14:paraId="339DEAC9" w14:textId="77777777" w:rsidR="008C5229" w:rsidRDefault="008C5229" w:rsidP="00A14267"/>
           <w:p w14:paraId="4C44F5FD" w14:textId="77777777" w:rsidR="00A5339A" w:rsidRDefault="00A5339A" w:rsidP="00A14267">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0C9DC401" w14:textId="77777777" w:rsidR="008C5229" w:rsidRPr="008C5229" w:rsidRDefault="008C5229" w:rsidP="00A14267">
             <w:pPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B750CB8" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:r>
               <w:t>Veiklos viešinimas (sklaida)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7475A4B7" w14:textId="77777777" w:rsidR="008C5229" w:rsidRDefault="008C5229" w:rsidP="00A14267"/>
           <w:p w14:paraId="603CF152" w14:textId="77777777" w:rsidR="008C5229" w:rsidRDefault="008C5229" w:rsidP="00A14267"/>
           <w:p w14:paraId="1D02C5C3" w14:textId="77777777" w:rsidR="008C5229" w:rsidRDefault="008C5229" w:rsidP="00A14267"/>
           <w:p w14:paraId="0E697DB2" w14:textId="77777777" w:rsidR="008C5229" w:rsidRDefault="008C5229" w:rsidP="00A14267"/>
           <w:p w14:paraId="0007BD75" w14:textId="77777777" w:rsidR="008C5229" w:rsidRDefault="008C5229" w:rsidP="00A14267"/>
           <w:p w14:paraId="43FBCFED" w14:textId="77777777" w:rsidR="00A5339A" w:rsidRDefault="00A5339A" w:rsidP="00A14267"/>
           <w:p w14:paraId="2E648733" w14:textId="77777777" w:rsidR="008C5229" w:rsidRDefault="008C5229" w:rsidP="00A14267"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12900" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61A3774F" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:r>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="0093318E" w:rsidRPr="0093318E">
               <w:t>I</w:t>
             </w:r>
             <w:r>
               <w:t>nformacijos apie veiklas skelbiamas mokyklos svetainėje, SKU kalendoriuje, facebooke; svarbesnių renginių aprašymai  Savivaldybės tinklalapyje, miesto, šalies spaudoje)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0088306D" w14:paraId="197D9906" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="0088306D" w14:paraId="197D9906" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3E7E1E07" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0752D993" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10718684" w14:textId="77777777" w:rsidR="0088306D" w:rsidRPr="007677AC" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Naudingos UK informacijos gimnazijos facebook’o paskyroje</w:t>
             </w:r>
             <w:r w:rsidR="0065478A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -19077,66 +16598,64 @@
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">per el. dienyną “Tamo”, informaciniuose stenduose, mokytojų tarybos posėdžiuose, seniūnų susirinkimuose, per klasių valandėles, Viešinimas-miesto SKU kalendoriuje, mokyklos veiklos kalendoriuje (gimnazijos puslapyje, skiltyje veiklos kalendorius). </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7BB4ED33" w14:textId="77777777" w:rsidR="0088306D" w:rsidRPr="007677AC" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66FCA9A6" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="06052358" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Nuolat</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E2998E0" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -19147,906 +16666,301 @@
               </w:rPr>
               <w:t>visus mokslo metus.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6CDA7BCD" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14CC4AAE" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7C59BB91" w14:textId="77777777" w:rsidR="0088306D" w:rsidRPr="007677AC" w:rsidRDefault="0088306D" w:rsidP="00A14267">
             <w:pPr>
               <w:pStyle w:val="prastasis1"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Informuojama bendruomenė apie ugdymo karjerai vykdomas veiklas, t</w:t>
             </w:r>
             <w:r w:rsidRPr="0063465A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>eikiama naujausia/</w:t>
             </w:r>
             <w:r w:rsidRPr="00FA59C6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>aktualiausia</w:t>
             </w:r>
             <w:r w:rsidRPr="0063465A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> informacija.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A14267" w14:paraId="5AED6179" w14:textId="77777777" w:rsidTr="00D85503">
+      <w:tr w:rsidR="00A14267" w14:paraId="5AED6179" w14:textId="77777777" w:rsidTr="00FF52D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02642B83" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="57E5FA22" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="2CB9D760" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="7088535E" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="38F320A7" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="623888E6" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="2DE8BE6A" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="54DDC0B3" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="5A3664D9" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="73C7C028" w14:textId="77777777" w:rsidR="00D70ED7" w:rsidRDefault="00D70ED7" w:rsidP="00A14267"/>
           <w:p w14:paraId="5123AAE0" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="605F463D" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="42167D75" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73D7CF89" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="007677AC" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r w:rsidRPr="007677AC">
+              <w:lastRenderedPageBreak/>
               <w:t>Veiklos įsivertinimas</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3941B966" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="297256D9" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="227A7FAD" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="5080D634" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="79A6783B" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="025F6C7E" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="21D1D765" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="0A410B53" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="7C5C1A28" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="00A14267"/>
           <w:p w14:paraId="74647AC5" w14:textId="77777777" w:rsidR="00D70ED7" w:rsidRDefault="00D70ED7" w:rsidP="00A14267"/>
           <w:p w14:paraId="4DC6DCB7" w14:textId="77777777" w:rsidR="0088306D" w:rsidRDefault="0088306D" w:rsidP="0096361E"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="610E29C7" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>(Praėjusių m.m. PO plano įgyvendinimo analizė, sėkmių, tobulintinų veiklų išskyrimas; ataskaitų, siūlymų PO veiklai tobulinti teikimas savivaldos institucijoms, veiklos planavimo darbo grupėms; tyrimai, mokinių anketavimas dėl PO veiklos tobulinimo mokykloje; duomenų teikimas UKSIS).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7655" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="00000A"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="77659433" w14:textId="004F44D3" w:rsidR="00B01353" w:rsidRPr="00A63C11" w:rsidRDefault="00B01353" w:rsidP="00B01353">
+          </w:tcPr>
+          <w:p w14:paraId="77659433" w14:textId="3E83D673" w:rsidR="00EA3F20" w:rsidRDefault="00B01353" w:rsidP="00EA3F20">
             <w:pPr>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">irba </w:t>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">PO paslaugoms koordinuoti, veikloms vykdyti dirba </w:t>
             </w:r>
             <w:r w:rsidR="00343263">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">dvi </w:t>
             </w:r>
             <w:r w:rsidR="0032664F">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>karjeros specialist</w:t>
             </w:r>
             <w:r w:rsidR="0095438C">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>ės</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="0095438C">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00284B7C" w:rsidRPr="00284B7C">
-[...154 lines deleted...]
-          <w:p w14:paraId="0EF371B9" w14:textId="77777777" w:rsidR="00A14267" w:rsidRPr="00B01353" w:rsidRDefault="00B01353" w:rsidP="00B01353">
+          </w:p>
+          <w:p w14:paraId="0EF371B9" w14:textId="19F08D91" w:rsidR="00A14267" w:rsidRPr="00B01353" w:rsidRDefault="00A14267" w:rsidP="00B01353">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="7030A0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B01353">
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> ir Švietimo skyriui. Vykdant PO pasitelkiama bendruomenė, socialiniai partneriai. PO organizuojamas atsižvelgiant į mokinių poreikius.</w:t>
+            <w:r>
+              <w:t>Vykdant PO pasitelkiama bendruomenė, socialiniai partneriai. PO organizuojamas atsižvelgiant į mokinių poreikius.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2C5E902A" w14:textId="77777777" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Organizuojama ir vykdoma stebėsena (atliekami poreikių tyrimai; vykdomos veiklos fiksuojamos PIT registre; aptariamos administracijos posėdžiuose (fiksuojama administracijos protokoluose). PO veiklų duomenys kasmet teikiami UKSIS. </w:t>
-            </w:r>
-[...307 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B88F600" w14:textId="11120EF0" w:rsidR="00A14267" w:rsidRDefault="00A14267" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Ypač tobulintina PO veiklos/sritis - tėvų įtraukimas, organizuojant profesinį veiklinimą bei mokinių informavimas, suteikiant daugiau žinių apie profesinį mokymą</w:t>
             </w:r>
             <w:r w:rsidR="00964D6D">
               <w:t xml:space="preserve">, bei mokytojo profesiją. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15920527" w14:textId="0CF98820" w:rsidR="006F0719" w:rsidRPr="006D6809" w:rsidRDefault="003D6CF9" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Nusimatyti kriterijai </w:t>
             </w:r>
-            <w:r w:rsidR="000A5BEC">
-[...2 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="000A5BEC" w:rsidRPr="00BA01BB">
               <w:t xml:space="preserve">2024-2025 m.m., UK </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">veiklos įsivertinimui, taip pat numatyta, kad per mokslo metus </w:t>
             </w:r>
             <w:r w:rsidR="006D6809">
-              <w:t>patyriminiame profesiniame veiklinime dalyvaus 40 mok., intensyviame – 20 mok., o pa</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>patyriminiame profesiniame veiklinime dalyvaus 40 mok., intensyviame – 20 mok., o pažintiniame</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE01C6">
+              <w:t xml:space="preserve"> profesiniame veiklinime</w:t>
+            </w:r>
             <w:r w:rsidR="006D6809">
-              <w:rPr>
-[...4 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> be</w:t>
+            </w:r>
             <w:r w:rsidR="00CE01C6">
-              <w:rPr>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>nt</w:t>
+            </w:r>
             <w:r w:rsidR="006D6809">
-              <w:rPr>
-[...13 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> po vieną kartą kiekvienas mokinys. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42CD5973" w14:textId="773600A9" w:rsidR="00E15B33" w:rsidRPr="0011017B" w:rsidRDefault="00E15B33" w:rsidP="00A14267">
+          <w:p w14:paraId="42CD5973" w14:textId="6612102B" w:rsidR="00E15B33" w:rsidRPr="0011017B" w:rsidRDefault="00E15B33" w:rsidP="00A14267">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Per vienerius mokslo metus</w:t>
             </w:r>
             <w:r w:rsidR="009A06E5">
               <w:t xml:space="preserve">, karjeros specialistas kvalifikaciją kelia ne mažiau </w:t>
             </w:r>
             <w:r w:rsidR="009A06E5">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>40 valand</w:t>
             </w:r>
             <w:r w:rsidR="009A06E5">
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">ų per mokslo metus. </w:t>
-            </w:r>
-[...36 lines deleted...]
-              <w:t>121 val.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5FC150D9" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRPr="00A5339A" w:rsidRDefault="00F55697" w:rsidP="00A5339A">
       <w:pPr>
         <w:pStyle w:val="prastasis1"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="108" w:hanging="108"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F55697">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -20209,250 +17123,251 @@
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>___________________________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="004F50A2" w:rsidSect="00991338">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="794" w:right="822" w:bottom="284" w:left="851" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360" w:charSpace="4096"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1A23E696" w14:textId="77777777" w:rsidR="00EC77A6" w:rsidRDefault="00EC77A6">
+    <w:p w14:paraId="0F0F198D" w14:textId="77777777" w:rsidR="0048095F" w:rsidRDefault="0048095F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="547BFE89" w14:textId="77777777" w:rsidR="00EC77A6" w:rsidRDefault="00EC77A6">
+    <w:p w14:paraId="1D66F09D" w14:textId="77777777" w:rsidR="0048095F" w:rsidRDefault="0048095F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
-    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
-    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
-[...1 lines deleted...]
-    <w:pitch w:val="default"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
-    <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
-[...1 lines deleted...]
-    <w:pitch w:val="default"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="33611A1F" w14:textId="77777777" w:rsidR="00206FAA" w:rsidRDefault="00206FAA">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="33611A1F" w14:textId="77777777" w:rsidR="00FF52D0" w:rsidRDefault="00FF52D0">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Porat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="76BB03DB" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="76BB03DB" w14:textId="77777777" w:rsidR="00FF52D0" w:rsidRDefault="00FF52D0">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Porat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="2E4311A7" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2E4311A7" w14:textId="77777777" w:rsidR="00FF52D0" w:rsidRDefault="00FF52D0">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Porat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05FB7E55" w14:textId="77777777" w:rsidR="00EC77A6" w:rsidRDefault="00EC77A6">
+    <w:p w14:paraId="27BA7123" w14:textId="77777777" w:rsidR="0048095F" w:rsidRDefault="0048095F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="18DBE519" w14:textId="77777777" w:rsidR="00EC77A6" w:rsidRDefault="00EC77A6">
+    <w:p w14:paraId="438AE77C" w14:textId="77777777" w:rsidR="0048095F" w:rsidRDefault="0048095F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="4DFACCCA" w14:textId="77777777" w:rsidR="00206FAA" w:rsidRDefault="00206FAA">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4DFACCCA" w14:textId="77777777" w:rsidR="00FF52D0" w:rsidRDefault="00FF52D0">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Antrats"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="783E7B99" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="783E7B99" w14:textId="77777777" w:rsidR="00FF52D0" w:rsidRDefault="00FF52D0">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Antrats"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="001C2400">
+    <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>24</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1018984B" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
+  <w:p w14:paraId="1018984B" w14:textId="77777777" w:rsidR="00FF52D0" w:rsidRDefault="00FF52D0">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Antrats"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="4D93E197" w14:textId="77777777" w:rsidR="004F50A2" w:rsidRDefault="004F50A2">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4D93E197" w14:textId="77777777" w:rsidR="00FF52D0" w:rsidRDefault="00FF52D0">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Antrats"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="00000001"/>
+    <w:tmpl w:val="A0B27ADE"/>
     <w:name w:val="WW8Num1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="114"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="114"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
@@ -20629,410 +17544,436 @@
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1260680354">
+  <w:num w:numId="1" w16cid:durableId="1248883126">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1280836414">
+  <w:num w:numId="2" w16cid:durableId="1100445441">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="162"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:revisionView w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
-  <w:defaultTableStyle w:val="Normal"/>
+  <w:hyphenationZone w:val="396"/>
+  <w:defaultTableStyle w:val="prastasis"/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:strictFirstAndLastChars/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:adjustLineHeightInTable/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0061445B"/>
     <w:rsid w:val="00007190"/>
     <w:rsid w:val="00010F63"/>
     <w:rsid w:val="0003121D"/>
     <w:rsid w:val="00062D0A"/>
     <w:rsid w:val="00065D4A"/>
     <w:rsid w:val="00067B0B"/>
     <w:rsid w:val="000808DF"/>
     <w:rsid w:val="00090F2B"/>
     <w:rsid w:val="000A28B7"/>
     <w:rsid w:val="000A5BEC"/>
     <w:rsid w:val="000B5E9E"/>
     <w:rsid w:val="000B668E"/>
     <w:rsid w:val="000D77D3"/>
     <w:rsid w:val="000E0249"/>
     <w:rsid w:val="0011017B"/>
     <w:rsid w:val="00126901"/>
     <w:rsid w:val="00134960"/>
     <w:rsid w:val="00142900"/>
     <w:rsid w:val="00143B63"/>
     <w:rsid w:val="001638D5"/>
     <w:rsid w:val="00166F39"/>
     <w:rsid w:val="00167089"/>
     <w:rsid w:val="00172BD1"/>
     <w:rsid w:val="00191A6C"/>
     <w:rsid w:val="00197CF5"/>
+    <w:rsid w:val="001A0406"/>
     <w:rsid w:val="001B6E0F"/>
     <w:rsid w:val="001C2400"/>
     <w:rsid w:val="001C2C16"/>
     <w:rsid w:val="001D128B"/>
     <w:rsid w:val="001D5C63"/>
+    <w:rsid w:val="001F35EC"/>
     <w:rsid w:val="002004D1"/>
     <w:rsid w:val="00202C95"/>
     <w:rsid w:val="00203341"/>
     <w:rsid w:val="00206FAA"/>
     <w:rsid w:val="0021055C"/>
     <w:rsid w:val="00212A8E"/>
     <w:rsid w:val="00220983"/>
     <w:rsid w:val="00226E33"/>
     <w:rsid w:val="00232C6D"/>
+    <w:rsid w:val="00233102"/>
     <w:rsid w:val="00242CC7"/>
     <w:rsid w:val="00244B89"/>
     <w:rsid w:val="00284B7C"/>
     <w:rsid w:val="002940E1"/>
     <w:rsid w:val="002A17A1"/>
     <w:rsid w:val="002A2FAC"/>
+    <w:rsid w:val="002B4AF1"/>
     <w:rsid w:val="002C2FB9"/>
     <w:rsid w:val="002D0D57"/>
     <w:rsid w:val="002D0D59"/>
     <w:rsid w:val="002D3F85"/>
     <w:rsid w:val="002F2941"/>
     <w:rsid w:val="002F4E3E"/>
     <w:rsid w:val="00300A8A"/>
     <w:rsid w:val="0032664F"/>
     <w:rsid w:val="003302B7"/>
     <w:rsid w:val="00337144"/>
     <w:rsid w:val="00343263"/>
     <w:rsid w:val="00364DC0"/>
     <w:rsid w:val="0037074A"/>
     <w:rsid w:val="003824B5"/>
     <w:rsid w:val="003A7430"/>
     <w:rsid w:val="003B36BE"/>
     <w:rsid w:val="003C61A5"/>
     <w:rsid w:val="003C6AC7"/>
     <w:rsid w:val="003D6CF9"/>
     <w:rsid w:val="003D6F02"/>
     <w:rsid w:val="003E7475"/>
     <w:rsid w:val="003F3F2A"/>
     <w:rsid w:val="003F6554"/>
     <w:rsid w:val="00413FAC"/>
     <w:rsid w:val="00430E89"/>
     <w:rsid w:val="00433E8F"/>
     <w:rsid w:val="00447E9B"/>
+    <w:rsid w:val="0048095F"/>
     <w:rsid w:val="004C1C62"/>
+    <w:rsid w:val="004C6F32"/>
     <w:rsid w:val="004F50A2"/>
+    <w:rsid w:val="0051564A"/>
     <w:rsid w:val="00517B22"/>
     <w:rsid w:val="00547469"/>
     <w:rsid w:val="0055444F"/>
     <w:rsid w:val="00560E92"/>
+    <w:rsid w:val="00562764"/>
     <w:rsid w:val="00563161"/>
+    <w:rsid w:val="005655E8"/>
     <w:rsid w:val="005672F0"/>
     <w:rsid w:val="005933F2"/>
     <w:rsid w:val="005961D8"/>
     <w:rsid w:val="005D3F39"/>
     <w:rsid w:val="005E5F12"/>
     <w:rsid w:val="005E780D"/>
     <w:rsid w:val="005E7B0B"/>
     <w:rsid w:val="0061072D"/>
     <w:rsid w:val="0061445B"/>
     <w:rsid w:val="00615ABD"/>
     <w:rsid w:val="0063465A"/>
     <w:rsid w:val="006359A8"/>
     <w:rsid w:val="006368BF"/>
     <w:rsid w:val="006376A1"/>
     <w:rsid w:val="00645531"/>
     <w:rsid w:val="0065478A"/>
     <w:rsid w:val="006730F7"/>
     <w:rsid w:val="00673AE1"/>
     <w:rsid w:val="00677CBC"/>
     <w:rsid w:val="00680664"/>
     <w:rsid w:val="006818B6"/>
     <w:rsid w:val="00686537"/>
     <w:rsid w:val="00690B57"/>
     <w:rsid w:val="006A24DF"/>
     <w:rsid w:val="006C1112"/>
     <w:rsid w:val="006D6809"/>
     <w:rsid w:val="006F0719"/>
     <w:rsid w:val="006F5AC2"/>
     <w:rsid w:val="00730E0E"/>
     <w:rsid w:val="00737225"/>
     <w:rsid w:val="00741212"/>
     <w:rsid w:val="00750FA1"/>
     <w:rsid w:val="00757D3E"/>
     <w:rsid w:val="007609AE"/>
     <w:rsid w:val="007677AC"/>
     <w:rsid w:val="00770B48"/>
     <w:rsid w:val="0078033F"/>
     <w:rsid w:val="00784D1D"/>
     <w:rsid w:val="00785AD9"/>
     <w:rsid w:val="00793B44"/>
     <w:rsid w:val="007A4149"/>
     <w:rsid w:val="007B3C95"/>
+    <w:rsid w:val="007B4190"/>
     <w:rsid w:val="007B58E1"/>
     <w:rsid w:val="007B7509"/>
     <w:rsid w:val="007C0E40"/>
     <w:rsid w:val="007D339C"/>
     <w:rsid w:val="007D7C05"/>
     <w:rsid w:val="007F106E"/>
     <w:rsid w:val="007F6BAA"/>
     <w:rsid w:val="00811B74"/>
     <w:rsid w:val="0081332A"/>
     <w:rsid w:val="00815D61"/>
     <w:rsid w:val="00815F78"/>
     <w:rsid w:val="00831937"/>
+    <w:rsid w:val="00837722"/>
     <w:rsid w:val="008430C6"/>
     <w:rsid w:val="00846832"/>
     <w:rsid w:val="0088306D"/>
     <w:rsid w:val="00891014"/>
     <w:rsid w:val="008C5229"/>
     <w:rsid w:val="008D0FB8"/>
     <w:rsid w:val="008D4C14"/>
     <w:rsid w:val="008D5B5F"/>
     <w:rsid w:val="008E7161"/>
     <w:rsid w:val="008F5793"/>
     <w:rsid w:val="00904E25"/>
     <w:rsid w:val="00906899"/>
     <w:rsid w:val="009128EA"/>
     <w:rsid w:val="00930FB8"/>
     <w:rsid w:val="0093318E"/>
     <w:rsid w:val="00941D81"/>
     <w:rsid w:val="00945474"/>
     <w:rsid w:val="0095438C"/>
     <w:rsid w:val="00954486"/>
     <w:rsid w:val="0096361E"/>
     <w:rsid w:val="00964D6D"/>
     <w:rsid w:val="00984E19"/>
     <w:rsid w:val="00991338"/>
     <w:rsid w:val="009A06E5"/>
+    <w:rsid w:val="009A4D18"/>
     <w:rsid w:val="009C121F"/>
     <w:rsid w:val="009C1BAB"/>
     <w:rsid w:val="009C7462"/>
     <w:rsid w:val="009D6BD0"/>
     <w:rsid w:val="009E0281"/>
+    <w:rsid w:val="00A00604"/>
     <w:rsid w:val="00A04ABA"/>
     <w:rsid w:val="00A1138F"/>
     <w:rsid w:val="00A14267"/>
     <w:rsid w:val="00A14417"/>
     <w:rsid w:val="00A2159F"/>
     <w:rsid w:val="00A3432F"/>
     <w:rsid w:val="00A403DE"/>
     <w:rsid w:val="00A5339A"/>
     <w:rsid w:val="00A61525"/>
     <w:rsid w:val="00A63C11"/>
     <w:rsid w:val="00A729CF"/>
     <w:rsid w:val="00A83D66"/>
     <w:rsid w:val="00A856B7"/>
     <w:rsid w:val="00A90B6A"/>
     <w:rsid w:val="00AB341A"/>
     <w:rsid w:val="00AC01CF"/>
     <w:rsid w:val="00AC297C"/>
     <w:rsid w:val="00AC7B3D"/>
+    <w:rsid w:val="00AD132A"/>
     <w:rsid w:val="00AF3DD9"/>
     <w:rsid w:val="00B01353"/>
     <w:rsid w:val="00B10A08"/>
     <w:rsid w:val="00B53149"/>
     <w:rsid w:val="00B633DC"/>
+    <w:rsid w:val="00B74F22"/>
     <w:rsid w:val="00B81753"/>
     <w:rsid w:val="00B81C07"/>
     <w:rsid w:val="00B9432F"/>
+    <w:rsid w:val="00BA01BB"/>
     <w:rsid w:val="00BB1371"/>
     <w:rsid w:val="00BC296A"/>
     <w:rsid w:val="00BC412B"/>
     <w:rsid w:val="00BE4BE4"/>
+    <w:rsid w:val="00BF1BC8"/>
     <w:rsid w:val="00C155B8"/>
     <w:rsid w:val="00C34E6A"/>
+    <w:rsid w:val="00C45E4C"/>
     <w:rsid w:val="00C514A8"/>
     <w:rsid w:val="00C61E07"/>
     <w:rsid w:val="00C63199"/>
     <w:rsid w:val="00C77D4C"/>
     <w:rsid w:val="00C82EA9"/>
     <w:rsid w:val="00C834AE"/>
     <w:rsid w:val="00C844B9"/>
+    <w:rsid w:val="00C94D22"/>
     <w:rsid w:val="00CA1856"/>
     <w:rsid w:val="00CA405D"/>
     <w:rsid w:val="00CC5FEA"/>
     <w:rsid w:val="00CE01C6"/>
     <w:rsid w:val="00CF2E35"/>
     <w:rsid w:val="00CF7642"/>
     <w:rsid w:val="00CF7919"/>
     <w:rsid w:val="00D00732"/>
     <w:rsid w:val="00D06050"/>
+    <w:rsid w:val="00D07228"/>
     <w:rsid w:val="00D172D1"/>
     <w:rsid w:val="00D22970"/>
     <w:rsid w:val="00D441DB"/>
     <w:rsid w:val="00D44B9C"/>
+    <w:rsid w:val="00D53C11"/>
     <w:rsid w:val="00D62319"/>
     <w:rsid w:val="00D70ED7"/>
     <w:rsid w:val="00D71373"/>
     <w:rsid w:val="00D71C38"/>
     <w:rsid w:val="00D71D88"/>
     <w:rsid w:val="00D85503"/>
     <w:rsid w:val="00DA2D83"/>
     <w:rsid w:val="00DA3625"/>
+    <w:rsid w:val="00DB1DFD"/>
     <w:rsid w:val="00DB695F"/>
     <w:rsid w:val="00DD43E6"/>
     <w:rsid w:val="00DE380B"/>
     <w:rsid w:val="00DE50E3"/>
     <w:rsid w:val="00E0624A"/>
     <w:rsid w:val="00E06322"/>
     <w:rsid w:val="00E10462"/>
     <w:rsid w:val="00E113D4"/>
     <w:rsid w:val="00E122E2"/>
     <w:rsid w:val="00E15B33"/>
     <w:rsid w:val="00E44E06"/>
     <w:rsid w:val="00E465C8"/>
     <w:rsid w:val="00E52B06"/>
+    <w:rsid w:val="00E536CC"/>
     <w:rsid w:val="00E71F9E"/>
     <w:rsid w:val="00E90329"/>
     <w:rsid w:val="00E96347"/>
     <w:rsid w:val="00E9635C"/>
     <w:rsid w:val="00EA070A"/>
+    <w:rsid w:val="00EA3F20"/>
     <w:rsid w:val="00EB068B"/>
     <w:rsid w:val="00EB5ECE"/>
     <w:rsid w:val="00EB7159"/>
     <w:rsid w:val="00EC08CC"/>
     <w:rsid w:val="00EC77A6"/>
     <w:rsid w:val="00ED023F"/>
     <w:rsid w:val="00ED0AC4"/>
+    <w:rsid w:val="00ED2310"/>
     <w:rsid w:val="00ED7445"/>
     <w:rsid w:val="00EF15EA"/>
     <w:rsid w:val="00F1394A"/>
     <w:rsid w:val="00F23524"/>
     <w:rsid w:val="00F24B1B"/>
     <w:rsid w:val="00F36CB8"/>
     <w:rsid w:val="00F46A5F"/>
     <w:rsid w:val="00F55697"/>
     <w:rsid w:val="00F568CD"/>
     <w:rsid w:val="00F64493"/>
     <w:rsid w:val="00F86B2F"/>
     <w:rsid w:val="00F95874"/>
     <w:rsid w:val="00FA0E02"/>
     <w:rsid w:val="00FA59C6"/>
     <w:rsid w:val="00FA5DF1"/>
     <w:rsid w:val="00FB05A3"/>
     <w:rsid w:val="00FB0E3E"/>
     <w:rsid w:val="00FB13FF"/>
+    <w:rsid w:val="00FB7B9A"/>
     <w:rsid w:val="00FD1393"/>
+    <w:rsid w:val="00FF52D0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-LT"/>
+  <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
-  <w:listSeparator w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7784E696"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{62D64C29-1E89-DF47-9FF2-0624F00B9CA7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="en-LT" w:eastAsia="en-GB" w:bidi="ar-SA"/>
+        <w:lang w:val="lt-LT" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -21371,99 +18312,100 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00191A6C"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Antrat1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:link w:val="Antrat1Diagrama"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00C61E07"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z0">
     <w:name w:val="WW8Num1z0"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z1">
     <w:name w:val="WW8Num1z1"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z2">
     <w:name w:val="WW8Num1z2"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z3">
     <w:name w:val="WW8Num1z3"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z4">
     <w:name w:val="WW8Num1z4"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z5">
     <w:name w:val="WW8Num1z5"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z6">
     <w:name w:val="WW8Num1z6"/>
@@ -21515,229 +18457,229 @@
     <w:basedOn w:val="DefaultParagraphFont1"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PoratDiagrama">
     <w:name w:val="Poraštė Diagrama"/>
     <w:basedOn w:val="DefaultParagraphFont1"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama">
     <w:name w:val="Debesėlio tekstas Diagrama"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama1">
     <w:name w:val="Debesėlio tekstas Diagrama1"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:color w:val="00000A"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading">
     <w:name w:val="Heading"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="BodyText"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:next w:val="Pagrindinistekstas"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Arial Unicode MS" w:hAnsi="Liberation Sans" w:cs="Arial Unicode MS"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
+  <w:style w:type="paragraph" w:styleId="Pagrindinistekstas">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="prastasis"/>
     <w:pPr>
       <w:spacing w:after="140" w:line="276" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="List">
+  <w:style w:type="paragraph" w:styleId="Sraas">
     <w:name w:val="List"/>
-    <w:basedOn w:val="BodyText"/>
+    <w:basedOn w:val="Pagrindinistekstas"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="paragraph" w:styleId="Antrat">
     <w:name w:val="caption"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="prastasis"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial Unicode MS"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Index">
     <w:name w:val="Index"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="prastasis"/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Antrat2">
     <w:name w:val="Antraštė2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="prastasis"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial Unicode MS"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Antrat1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Antrat10">
     <w:name w:val="Antraštė1"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="prastasis"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Antrats">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="prastasis"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Porat">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="prastasis"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BalloonText1">
     <w:name w:val="Balloon Text1"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="prastasis"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="prastasis1">
     <w:name w:val="Įprastasis1"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:kern w:val="2"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableContents">
     <w:name w:val="Table Contents"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="prastasis"/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableHeading">
     <w:name w:val="Table Heading"/>
     <w:basedOn w:val="TableContents"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Debesliotekstas">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="prastasis"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...1 lines deleted...]
-    <w:link w:val="Heading1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Antrat1Diagrama">
+    <w:name w:val="Antraštė 1 Diagrama"/>
+    <w:link w:val="Antrat1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00C61E07"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hipersaitas">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00784D1D"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
+  <w:style w:type="character" w:styleId="Neapdorotaspaminjimas">
     <w:name w:val="Unresolved Mention"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00784D1D"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="766927298">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1312558623">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -22030,83 +18972,83 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>25</Pages>
-[...1 lines deleted...]
-  <Characters>29527</Characters>
+  <Pages>24</Pages>
+  <Words>21391</Words>
+  <Characters>12194</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>246</Lines>
-  <Paragraphs>69</Paragraphs>
+  <Lines>101</Lines>
+  <Paragraphs>67</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Pavadinimas</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>34638</CharactersWithSpaces>
+  <CharactersWithSpaces>33518</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>1376347</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.salkauskis.lt/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>